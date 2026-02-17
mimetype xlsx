--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H267"/>
+  <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,10131 +179,11123 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>48976</v>
+        <v>77620</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Putti faisant des bulles de savon</t>
+          <t>Portrait de Van Becelaere</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>de La  Hoese, Jean</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>49462</v>
+        <v>77641</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Chien et paysage</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Di Vincenzo, François</t>
+          <t>Poplimont, L.</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>40203</v>
+        <v>77647</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
+          <t>Hondenberg</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D4" s="2"/>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>Thevenet,  Louis</t>
+        </is>
+      </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, faïence</t>
+          <t>carton, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>51520</v>
+        <v>77686</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Saint Antoine l'Ermite</t>
+          <t>copie Rembrandt</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reb..., Ph</t>
+        </is>
+      </c>
+      <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>36828</v>
+        <v>77687</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Martyre des Saints Crépin et Crépinien</t>
+          <t>Portrait de G. Benoidt</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Vanden Bossche, Aert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Swyncop, Philippe</t>
+        </is>
+      </c>
+      <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36829</v>
+        <v>77742</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Martyre des Saints Crépin et Crépinien</t>
+          <t>Eglise de Boitsfort</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Vanden Bossche, Aert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Verougstraete, Victor</t>
+        </is>
+      </c>
+      <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>31208</v>
+        <v>77744</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Cashba</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Bouts,  Albrecht</t>
-[...6 lines deleted...]
-      </c>
+          <t>Gilbert, Willy</t>
+        </is>
+      </c>
+      <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>peinture, tableau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>66327</v>
+        <v>77481</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Paire d'albarelles en majolique à décor polychromé</t>
+          <t>Coin du Balai</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Léonard, Jos</t>
+        </is>
+      </c>
+      <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>48897</v>
+        <v>77593</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Mademoiselle Bars</t>
+          <t>neige</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Verhaegen, Fernand</t>
+        </is>
+      </c>
+      <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36906</v>
+        <v>77610</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
+          <t>allée dans la forêt chemin du weijvenbergh</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mayné, Jean</t>
+        </is>
+      </c>
+      <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>instruments de musique</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peint, tourné [bois]</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49499</v>
+        <v>48976</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La Place des Bailles devant le Palais des Ducs de Brabant au Coudenberg</t>
+          <t>Putti faisant des bulles de savon</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Monogrammiste GVA (Gillis van Auwerkercken?),  / van Auwerkerken, Gillis</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>66332</v>
+        <v>49462</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
+          <t>Chien et paysage</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
-[...6 lines deleted...]
-      </c>
+          <t>Di Vincenzo, François</t>
+        </is>
+      </c>
+      <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>46724</v>
+        <v>40203</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le passage du gué</t>
+          <t>Bol en faïence de Delft au décor d’un jeté de fleurs et d’oiseaux</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...11 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>porcelaine, faïence</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique], cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>36856</v>
+        <v>51520</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la collégiale Sainte-Gudule</t>
+          <t>Saint Antoine l'Ermite</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1660 - 1670</t>
-[...2 lines deleted...]
-      <c r="F15" s="2"/>
+          <t>1400 - 1499</t>
+        </is>
+      </c>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>46710</v>
+        <v>36828</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les Maîtres des Pauvres distribuant des aumônes dans la Collégiale des Saints-Michel-et-Gudule</t>
+          <t>Martyre des Saints Crépin et Crépinien</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>de Champaigne, Philippe</t>
+          <t>Vanden Bossche, Aert</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1671 - </t>
+          <t>1490 - 1494</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>48944</v>
+        <v>36829</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Intérieur d'une église (Anderlecht ?)</t>
+          <t>Martyre des Saints Crépin et Crépinien</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>De Blieck</t>
+          <t>Vanden Bossche, Aert</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1490 - 1494</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>51346</v>
+        <v>31208</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Tête d'ange</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D18" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Bouts,  Albrecht</t>
+        </is>
+      </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1500 - 1505</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>peinture, tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>51369</v>
+        <v>66327</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Enseigne : Au chameau d'or</t>
+          <t>Paire d'albarelles en majolique à décor polychromé</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D19" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1550 - 1600</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>instrument ou matériel de pharmacie</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>58040</v>
+        <v>48897</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Portrait de Mademoiselle Bars</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D20" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1730</t>
+          <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>99211</v>
+        <v>36906</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Chasuble et étole </t>
+          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D21" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>chasuble, étole</t>
+          <t>instruments de musique</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>lin, cuir</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>66307</v>
+        <v>49499</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
+          <t>La Place des Bailles devant le Palais des Ducs de Brabant au Coudenberg</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Monogrammiste GVA (Gillis van Auwerkercken?),  / van Auwerkerken, Gillis</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>66315</v>
+        <v>66332</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
+          <t>Paire de vases bouteilles en faïence à décor de chinois </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>66316</v>
+        <v>46724</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
+          <t>Le passage du gué</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Siberechts, Jan</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1645 - 1703</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>66323</v>
+        <v>36856</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Intérieur de la collégiale Sainte-Gudule</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
-[...6 lines deleted...]
-      </c>
+          <t>1660 - 1670</t>
+        </is>
+      </c>
+      <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>66325</v>
+        <v>46710</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Les Maîtres des Pauvres distribuant des aumônes dans la Collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>de Champaigne, Philippe</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1671 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>66331</v>
+        <v>48944</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
+          <t>Intérieur d'une église (Anderlecht ?)</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Blieck</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>86639</v>
+        <v>51346</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
+          <t>Tête d'ange</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>faïence, peinture</t>
+          <t>bois, plâtre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique]</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>47407</v>
+        <v>51369</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les archiducs Albert et Isabelle</t>
+          <t>Enseigne : Au chameau d'or</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1718 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>49551</v>
+        <v>58040</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Portraits de souverains espagnols de la Galerie Grangé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1718 - </t>
+          <t>1700 - 1730</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>61986</v>
+        <v>99211</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Chasuble et étole </t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1720 - 1770</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>chasuble, étole</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>ivoire, vélin</t>
+          <t>lin, cuir</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>58077</v>
+        <v>86639</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Kaststel en faïence de Delft au décor à la Haie fleurie en bleu de grand feu</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1725 - 1760</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>nacre, papier, peau animale</t>
+          <t>faïence, peinture</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>59588</v>
+        <v>66307</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Paire d'assiettes en porcelaine à décor de jardin fleuri</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D33" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>49526</v>
+        <v>66315</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>L'écluse des Trois Fontaines, ou le sas de Vilvorde</t>
+          <t>Paire de vases cornet en faïence à décor de vase de fleurs</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Martin, Andreas</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1738 - </t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>59691</v>
+        <v>66316</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Paire de vases cornet en faïence à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D35" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>58343</v>
+        <v>66323</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D36" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>58434</v>
+        <v>66325</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D37" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1760</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, gouache</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, ajouré [sculpture]</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>58326</v>
+        <v>66331</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Paire de vases en faïence sur piédouche à deux anses à enroulements à décor de bouquets de fleurs et de fruits</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D38" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1745 - 1760</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>59704</v>
+        <v>47407</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Les archiducs Albert et Isabelle</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D39" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Grangé, Louis</t>
+        </is>
+      </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1770</t>
+          <t>1718 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache, vélin</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>58353</v>
+        <v>49551</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Portraits de souverains espagnols de la Galerie Grangé</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D40" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Grangé, Louis</t>
+        </is>
+      </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1718 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>58441</v>
+        <v>61986</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1720 - 1770</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>ivoire, vélin</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>91085</v>
+        <v>58077</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1755 - 1765</t>
+          <t>1725 - 1760</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>matière animale, ivoire, papier, soie</t>
+          <t>nacre, papier, peau animale</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>peint, technique de sculpture</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>57829</v>
+        <v>59588</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Robe à l'anglaise</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1760 - </t>
+          <t>1730 - 1750</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>taffetas, peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>58328</v>
+        <v>49526</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>L'écluse des Trois Fontaines, ou le sas de Vilvorde</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D44" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Martin, Andreas</t>
+        </is>
+      </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1760 - 1780</t>
+          <t>1738 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>59692</v>
+        <v>58343</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peau animale</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>59695</v>
+        <v>58434</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peau animale, gouache</t>
+          <t>ivoire, papier, gouache</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé, ajouré [sculpture]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>59536</v>
+        <v>59691</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>59537</v>
+        <v>58326</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1745 - 1760</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache, soie, vélin</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>59538</v>
+        <v>58353</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>58331</v>
+        <v>58441</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>58332</v>
+        <v>59704</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1750 - 1770</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>ivoire, gouache, vélin</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, eau-forte</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>58442</v>
+        <v>91085</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1755 - 1765</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière animale, ivoire, papier, soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>66319</v>
+        <v>57829</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
+          <t>Robe à l'anglaise</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1760 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>faïence, vernis</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>taffetas, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>58142</v>
+        <v>58328</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Chaussures</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1760 - 1780</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>peint, satin</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>58440</v>
+        <v>58332</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1790</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint, taillé, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>59636</v>
+        <v>58442</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1780 - 1800</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>58439</v>
+        <v>59536</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1780 - 1800</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>48995</v>
+        <v>59537</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Vénus et Adonis</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1783 - </t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>ivoire, gouache, soie, vélin</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>58327</v>
+        <v>59538</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1790</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>73791</v>
+        <v>58331</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1785 - 1800</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier, os, gouache</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>peint, imprimé, technique de sculpture</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>49169</v>
+        <v>59692</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Le parc de Bruxelles avec le palais du Conseil du Brabant et le Palais de Schoonenberg</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, peau animale</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>36846</v>
+        <v>59695</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Le palais de Schoonenberg à Laeken</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, peau animale, gouache</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>46975</v>
+        <v>58440</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'empereur Léopold II</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1775 - 1790</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>59787</v>
+        <v>58142</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Chaussures</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1820</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>46611</v>
+        <v>66319</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Le Palais de Schoonenberg à Laeken vu de l'arrière depuis la plaine de Montplaisir vers 1800</t>
+          <t>Paire de pots-pourris en faïence glaçurée au décor de grand feu (filets et rehauts)</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>De Roy, Jean-Baptiste</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1800</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>faïence, vernis</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>59639</v>
+        <v>58439</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
+          <t>1780 - 1800</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>66318</v>
+        <v>59636</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases et potiche au décor de moulin</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1780 - 1800</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>43067</v>
+        <v>48995</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>Vénus et Adonis</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D68" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Van Trichveld, E. F.</t>
+        </is>
+      </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1783 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, cire d'abeille, os</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, doré</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>59687</v>
+        <v>73791</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1830</t>
+          <t>1785 - 1800</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, gouache</t>
+          <t>papier, os, gouache</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>peint, imprimé, taillé</t>
+          <t>peint, imprimé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>46828</v>
+        <v>58327</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Aigle impériale</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1811 - </t>
+          <t>1785 - 1790</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>67433</v>
+        <v>49169</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Étude d'âne </t>
+          <t>Le parc de Bruxelles avec le palais du Conseil du Brabant et le Palais de Schoonenberg</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Robbe, Louis</t>
+          <t>Simons, Aurèle-Augustin</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1824 - 1887</t>
+          <t>1789 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>67435</v>
+        <v>36846</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Étude d'âne </t>
+          <t>Le palais de Schoonenberg à Laeken</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Robbe, Louis</t>
+          <t>Simons, Aurèle-Augustin</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1824 - 1887</t>
+          <t>1789 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>48926</v>
+        <v>46975</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Étude de vache (rousse et blanche)</t>
+          <t>Portrait de l'empereur Léopold II</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Robbe, Louis</t>
+          <t>Davaux, V. Fr.</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1824 - 1887</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>59874</v>
+        <v>46611</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le Palais de Schoonenberg à Laeken vu de l'arrière depuis la plaine de Montplaisir vers 1800</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D74" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>De Roy, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1860</t>
+          <t>1800 - 1800</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>59760</v>
+        <v>59639</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
+          <t>1800 - 1850</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, vernis</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>59768</v>
+        <v>59787</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1800 - 1820</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>os</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>59823</v>
+        <v>43067</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Eventail écran</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1860</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>éventail écran</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>laiton, papier</t>
+          <t>métal, verre, cire d'abeille, os</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'assemblage, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>67970</v>
+        <v>66318</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la "Société d'Anciens Chasseurs Eclaireurs de Bruxelles"</t>
+          <t>Paire de vases et potiche au décor de moulin</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D78" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, verre</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>46750</v>
+        <v>59687</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Le Gouvernement provisoire</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>ivoire, papier, gouache</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>36814</v>
+        <v>46828</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Projet abandonné du monument Belliard vu depuis le parc de Bruxelles</t>
+          <t>Aigle impériale</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D80" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1836</t>
+          <t>1811 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>96813</v>
+        <v>48926</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Vieux braconnier wallon</t>
+          <t>Étude de vache (rousse et blanche)</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Speekaert,  Léopold</t>
+          <t>Robbe, Louis</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1915</t>
+          <t>1824 - 1887</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>51418</v>
+        <v>67433</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Buste du jeune prince Louis-Philippe</t>
+          <t>Étude d'âne </t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Geefs, Guillaume</t>
+          <t>Robbe, Louis</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1824 - 1887</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>59860</v>
+        <v>67435</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Feuille d'éventail</t>
+          <t>Étude d'âne </t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D83" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Robbe, Louis</t>
+        </is>
+      </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1824 - 1887</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier, gouache</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>59870</v>
+        <v>46750</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le Gouvernement provisoire</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D84" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Robert, Alexandre Nestor Nicolas</t>
+        </is>
+      </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>59758</v>
+        <v>36814</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Projet abandonné du monument Belliard vu depuis le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D85" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Lauters, Paul / Cluysenaar, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1830 - 1836</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>os, plume</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>59773</v>
+        <v>59760</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peint, taillé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>59796</v>
+        <v>59768</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>ivoire, bois, soie</t>
+          <t>os</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>49227</v>
+        <v>59823</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Herminie Dansaert</t>
+          <t>Eventail écran</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1830 - 1860</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail écran</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>laiton, papier</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>59678</v>
+        <v>67970</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Drapeau de la "Société d'Anciens Chasseurs Eclaireurs de Bruxelles"</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>os, soie</t>
+          <t>soie, bois, verre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>58680</v>
+        <v>59874</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1850</t>
+          <t>1830 - 1860</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>peint, lithographie, taillé</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>66344</v>
+        <v>96813</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Vieux braconnier wallon</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Carpentero,  Fritz</t>
+          <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1914</t>
+          <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>46634</v>
+        <v>51418</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la Grande Boucherie</t>
+          <t>Buste du jeune prince Louis-Philippe</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Dansaert, Léon Marie Constant</t>
+          <t>Geefs, Guillaume</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1909</t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>47418</v>
+        <v>49227</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Charles de Brouckère, bourgmestre de Bruxelles de 1848 à 1860</t>
+          <t>Portrait d'Herminie Dansaert</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>Duwée, Henri Joseph</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1860</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>59877</v>
+        <v>59678</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>os, soie</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>59881</v>
+        <v>59758</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>os, plume</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>59888</v>
+        <v>59773</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>59767</v>
+        <v>59796</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, ivoire, soie</t>
+          <t>ivoire, bois, soie</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>59785</v>
+        <v>59860</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Eventail écran</t>
+          <t>Feuille d'éventail</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>éventail écran</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>bambou, soie</t>
+          <t>papier, gouache</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>47473</v>
+        <v>59870</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Le canal de Willebroeck</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>47534</v>
+        <v>58680</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>La rue de l'Escalier</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1845 - 1850</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, lithographie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>59680</v>
+        <v>46634</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Intérieur de la Grande Boucherie</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D101" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Dansaert, Léon Marie Constant</t>
+        </is>
+      </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1848 - 1909</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>bois, gouache</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>59683</v>
+        <v>47418</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Charles de Brouckère, bourgmestre de Bruxelles de 1848 à 1860</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D102" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Billoin, Charles</t>
+        </is>
+      </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1848 - 1860</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>58677</v>
+        <v>66344</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D103" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Carpentero,  Fritz</t>
+        </is>
+      </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1848 - 1914</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>93374</v>
+        <v>47473</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Saint Lambert de Liège</t>
+          <t>Le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D104" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>fil de métal, toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>couture, broderie, peint, passementerie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>46697</v>
+        <v>47534</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>L'ancien château d'eau dans la rue Ducale</t>
+          <t>La rue de l'Escalier</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Haseleer, Joseph</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1853 - 1853</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>49115</v>
+        <v>59680</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Aube à Venise</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1857 - 1924</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>bois, gouache</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>59880</v>
+        <v>59683</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint, dentelle mécanique</t>
+          <t>taillé, imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>59882</v>
+        <v>58677</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>59887</v>
+        <v>59881</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>59733</v>
+        <v>59888</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, vernis, moiré</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>59756</v>
+        <v>59767</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>bois, papier, ivoire, soie</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>59856</v>
+        <v>59785</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail écran</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail écran</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>bambou, soie</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>47419</v>
+        <v>59877</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>André-Napoléon Fontainas, bourgmestre de Bruxelles de 1860 à 1863</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1863</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>59648</v>
+        <v>93374</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>fil de métal, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>couture, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>49581</v>
+        <v>46697</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Percement de l'avenue Louise vers 1862</t>
+          <t>L'ancien château d'eau dans la rue Ducale</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Van Der Vin, Paul</t>
+          <t>Haseleer, Joseph</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1862 - </t>
+          <t>1853 - 1853</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>48930</v>
+        <v>49115</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Portrait en médaillon du lieutenant général Corneille Alexis Lahure (1800-1882)</t>
+          <t>Aube à Venise</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1863 - 1882</t>
+          <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>66128</v>
+        <v>47419</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Campine</t>
+          <t>André-Napoléon Fontainas, bourgmestre de Bruxelles de 1860 à 1863</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Heymans,  Adrien-Joseph</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1865 - </t>
+          <t>1860 - 1863</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>59539</v>
+        <v>59648</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>58658</v>
+        <v>59880</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, gaze, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>99212</v>
+        <v>59882</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>nacre, os, coton</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, peint, taillé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>66114</v>
+        <v>59887</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Marché des Récollets (Ancien Bruxelles)</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1868 - </t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>59720</v>
+        <v>59733</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, vernis, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>59778</v>
+        <v>59756</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>59781</v>
+        <v>59856</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, dentelle mécanique</t>
+          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>59821</v>
+        <v>49581</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Percement de l'avenue Louise vers 1862</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D125" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Van Der Vin, Paul</t>
+        </is>
+      </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1862 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>59551</v>
+        <v>48930</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Portrait en médaillon du lieutenant général Corneille Alexis Lahure (1800-1882)</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D126" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1863 - 1882</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint, dentelle mécanique</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>59572</v>
+        <v>58658</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, soie</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>satin, taillé, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>59595</v>
+        <v>59539</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Eventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1880</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>59638</v>
+        <v>99212</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, gouache</t>
+          <t>nacre, os, coton</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>dentelle mécanique, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>87976</v>
+        <v>66128</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Enseigne Banque de Bruxelles</t>
+          <t>Paysage de Campine</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D130" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Heymans,  Adrien-Joseph</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1975</t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>élément de façade</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>peint, doré</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>46938</v>
+        <v>66114</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Ecluse de l'Ancienne Enceinte</t>
+          <t>Marché des Récollets (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Van Moer, Jean-Baptiste</t>
+          <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1872 - </t>
+          <t>1868 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>46934</v>
+        <v>59551</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Bras de la Senne au Borgval, vue prise de la rue des Pierres</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1873 - </t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, satin, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>46942</v>
+        <v>59572</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Bras de la rivière, vue prise d'une maison de la rue des Chartreux</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1873 - </t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>nacre, gouache, soie</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>satin, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>46943</v>
+        <v>59595</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Senne près de la rue dite Plattesteen</t>
+          <t>Eventail cocarde</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>36782</v>
+        <v>59638</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Le marché au Beurre</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>bois, soie, gouache</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>42868</v>
+        <v>59720</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux chinoiseries</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>50687</v>
+        <v>59778</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Deux évènements bruxellois du 15e siècle par Emile Wauters</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1877 - 1878</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>36989</v>
+        <v>59781</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1878 - 1879</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>59723</v>
+        <v>59821</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze, dentelle mécanique</t>
+          <t>satin, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>58681</v>
+        <v>87976</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Enseigne Banque de Bruxelles</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1871 - 1975</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>élément de façade</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>59275</v>
+        <v>46938</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ecluse de l'Ancienne Enceinte</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D141" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1920</t>
+          <t>1872 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, laque</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>59571</v>
+        <v>46934</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bras de la Senne au Borgval, vue prise de la rue des Pierres</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D142" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1873 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie, gouache</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>59584</v>
+        <v>46942</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Bras de la rivière, vue prise d'une maison de la rue des Chartreux</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D143" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Van Moer, Jean-Baptiste</t>
+        </is>
+      </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1873 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle à l'aiguille, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>47312</v>
+        <v>46943</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Le local du Serment de Saint-Georges ou Grand Serment Royal en 1881</t>
+          <t>Vue de la Senne près de la rue dite Plattesteen</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Van den Broeck, Ernest</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>47345</v>
+        <v>36782</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>La décapitation des Comtes d'Egmont et de Hornes, vue depuis une chambre de la Maison du Roi</t>
+          <t>Le marché au Beurre</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Cremer, Joseph</t>
+          <t>Van Moer, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1882 - 1899</t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>47451</v>
+        <v>42868</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
+          <t>Nature morte aux chinoiseries</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>51800</v>
+        <v>50687</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Deux "ours" tenant les armoiries du Duché de Brabant</t>
+          <t>Deux évènements bruxellois du 15e siècle par Emile Wauters</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D147" s="2"/>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Wauters, Emile</t>
+        </is>
+      </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1877 - 1878</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>51820</v>
+        <v>36989</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>"Ours" tenant les armoiries du Duché de Brabant</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1878 - 1879</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>51821</v>
+        <v>58681</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>"Ours" tenant les armoiries du Duché de Brabant</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>46741</v>
+        <v>59275</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Vue extérieure des remparts de Bruxelles entre la Porte de Hal et la Senne, démolis en 1830-31</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
+          <t>1880 - 1920</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>36804</v>
+        <v>59571</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Isabelle Gatti de Gamond</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>écaille, soie, gouache</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>59878</v>
+        <v>59584</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé miniature</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, dentelle à l'aiguille, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>59879</v>
+        <v>59723</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié miniature</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>59890</v>
+        <v>47312</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Projet de feuille d'éventail</t>
+          <t>Le local du Serment de Saint-Georges ou Grand Serment Royal en 1881</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D154" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Van den Broeck, Ernest</t>
+        </is>
+      </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>59891</v>
+        <v>47345</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Feuille d'éventail</t>
+          <t>La décapitation des Comtes d'Egmont et de Hornes, vue depuis une chambre de la Maison du Roi</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D155" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Cremer, Joseph</t>
+        </is>
+      </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1882 - 1899</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>broderie, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>61988</v>
+        <v>47451</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D156" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, gaze, peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>59782</v>
+        <v>51800</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Deux "ours" tenant les armoiries du Duché de Brabant</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, dentelle mécanique</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>59857</v>
+        <v>51820</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>"Ours" tenant les armoiries du Duché de Brabant</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>os, plume</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>47466</v>
+        <v>51821</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Le jardin de l'Oratoire</t>
+          <t>"Ours" tenant les armoiries du Duché de Brabant</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D159" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1891</t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>58793</v>
+        <v>46741</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Vue extérieure des remparts de Bruxelles entre la Porte de Hal et la Senne, démolis en 1830-31</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D160" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>Bossuet, François Antoine</t>
+        </is>
+      </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>59583</v>
+        <v>36804</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Portrait d'Isabelle Gatti de Gamond</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D161" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>Cluysenaar, Alfred</t>
+        </is>
+      </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>59603</v>
+        <v>47466</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le jardin de l'Oratoire</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D162" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>Cardon, Charles Léon</t>
+        </is>
+      </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1891</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie, gaze</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>49125</v>
+        <v>58793</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Alfred Allo en uniforme</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>49501</v>
+        <v>59583</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois de la Forêt de Soignes</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1955</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>43068</v>
+        <v>59603</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Annales de la Congrégation des Enfants de Marie de Saint-Josse-ten-Noode</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1892 - 1965</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier, cuir, matière colorante, encre</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique de reliure, dessin, peint, technique d'écriture, technique d'impression, doré</t>
+          <t>taillé, peint, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>59707</v>
+        <v>59878</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé miniature</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1898</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>soie, ébène, gouache</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, gaze, peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>37051</v>
+        <v>59879</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié miniature</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D167" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>soie, nacre</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>peint, dentelle à l'aiguille, ajouré [sculpture]</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>80204</v>
+        <v>59890</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Projet de feuille d'éventail</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1940</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>imprimé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>46588</v>
+        <v>59891</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Les meules</t>
+          <t>Feuille d'éventail</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1960</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>46594</v>
+        <v>61988</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Brise-lames à Bredene. Effet de soleil couchant sur la mer</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1960</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dentelle mixte, gaze, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>42530</v>
+        <v>59782</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie de saint Guidon</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1895</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>matière colorante, or</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>47507</v>
+        <v>59857</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait de Jef Dutillieu</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1960</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>os, plume</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>49509</v>
+        <v>49125</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Marché couvert avec femme au châle rose et tablier blanc</t>
+          <t>Portrait d'Alfred Allo en uniforme</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Dutillieu, Jef</t>
+          <t>Hollasky, Fs</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1960</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>59763</v>
+        <v>49501</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Sous-bois de la Forêt de Soignes</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D174" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D174" s="2" t="inlineStr">
+        <is>
+          <t>Bastien, Alfred</t>
+        </is>
+      </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1891 - 1955</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>nacre, papier</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>49317</v>
+        <v>43068</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Fleurs rouges et oranges sur rebord de fenêtre</t>
+          <t>Annales de la Congrégation des Enfants de Marie de Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1946</t>
+          <t>1892 - 1965</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>papier, cuir, matière colorante, encre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de reliure, dessin, peint, technique d'écriture, technique d'impression, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>31080</v>
+        <v>80204</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Canal bordé d'une rangée d'arbres</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1960</t>
+          <t>1893 - 1940</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>47311</v>
+        <v>37051</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Trois-Fontaines à Auderghem</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Plasky, Eugène</t>
+          <t>Duvelleroy, Jean-Pierre</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>soie, nacre</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, dentelle à l'aiguille, ajouré [sculpture]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>59558</v>
+        <v>59707</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1893 - 1898</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, ébène, gouache</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>peint, broderie, taillé, satin</t>
+          <t>taillé, dentelle mécanique, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>48949</v>
+        <v>46588</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Peinture allégorique des batailles de l'Indépendance en 1830</t>
+          <t>Les meules</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Dierickx, Omer</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1896 - 1897</t>
+          <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>59688</v>
+        <v>46594</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Brise-lames à Bredene. Effet de soleil couchant sur la mer</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D180" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D180" s="2" t="inlineStr">
+        <is>
+          <t>Dutillieu, Jef</t>
+        </is>
+      </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1920</t>
+          <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>59771</v>
+        <v>42530</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Scènes de la vie de saint Guidon</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Duvelleroy, Jean-Pierre</t>
+          <t>Meerts,  Frans</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1894 - 1895</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>matière colorante, or</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>59800</v>
+        <v>47507</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Autoportrait de Jef Dutillieu</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D182" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>Dutillieu, Jef</t>
+        </is>
+      </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>59817</v>
+        <v>49509</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Marché couvert avec femme au châle rose et tablier blanc</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D183" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
+        <is>
+          <t>Dutillieu, Jef</t>
+        </is>
+      </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1894 - 1960</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>59853</v>
+        <v>49317</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Fleurs rouges et oranges sur rebord de fenêtre</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D184" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>Simonin, Victor</t>
+        </is>
+      </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1895 - 1946</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>bois, autruche</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint, broderie, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>49134</v>
+        <v>31080</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Franz Philippson</t>
+          <t>Canal bordé d'une rangée d'arbres</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Philippson, F / Philippson, F.</t>
+          <t>Dutillieu, Jef</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1895 - 1960</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>43043</v>
+        <v>47311</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois</t>
+          <t>Trois-Fontaines à Auderghem</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D186" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D186" s="2" t="inlineStr">
+        <is>
+          <t>Plasky, Eugène</t>
+        </is>
+      </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>43062</v>
+        <v>59558</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, matière colorante</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
+          <t>peint, broderie, taillé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>43081</v>
+        <v>59763</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Drapeau du Cercle Saint-Josse</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>soie, matière colorante</t>
+          <t>nacre, papier</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>tissage, couture, broderie, peint, taffetas</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>51678</v>
+        <v>48949</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Modèle de console de la cathédrale des Saints-Michel-et-Gudule</t>
+          <t>Peinture allégorique des batailles de l'Indépendance en 1830</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D189" s="2"/>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Dierickx, Omer</t>
+        </is>
+      </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1970</t>
+          <t>1896 - 1897</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>51681</v>
+        <v>59688</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Modèle de gargouille en forme de monstre</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1970</t>
+          <t>1898 - 1920</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>57785</v>
+        <v>43081</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Drapeau du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>soie, matière colorante</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tissage, couture, broderie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>59676</v>
+        <v>49134</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Portrait de Franz Philippson</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D192" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>Philippson, F / Philippson, F.</t>
+        </is>
+      </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>59679</v>
+        <v>43043</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Sous-bois</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1900 - 2000</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>67664</v>
+        <v>43062</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Papier peint type "Lincrusta"</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>papiers-peints</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>soie, fil de métal, matière colorante</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, peint</t>
+          <t>tissage, couture, broderie, passementerie, peint, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>67744</v>
+        <v>59679</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>rideau d'ameublement</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1900 - 2000</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>tissage, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>49465</v>
+        <v>51678</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait de Pieter De Mets</t>
+          <t>Modèle de console de la cathédrale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D196" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1900 - 1970</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>47504</v>
+        <v>51681</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Adolphe Max, bourgmestre de Bruxelles de 1909 à 1939</t>
+          <t>Modèle de gargouille en forme de monstre</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1930</t>
+          <t>1900 - 1970</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>59690</v>
+        <v>57785</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D198" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>49520</v>
+        <v>59676</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Boulvin</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>76132</v>
+        <v>59771</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Ramaker &amp; Lefevre</t>
+          <t>Duvelleroy, Jean-Pierre</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal, bois</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>satin, toile, moiré, broderie, peint, passementerie</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>49530</v>
+        <v>59800</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>20 vues de Laeken</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>51449</v>
+        <v>59817</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin (Vénus)</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>58616</v>
+        <v>59853</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Sac à farine</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1914 - 1918</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>bois, autruche</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>toile, broderie, peint</t>
+          <t>taillé, teint, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>59813</v>
+        <v>67664</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Papier peint type "Lincrusta"</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D204" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>papiers-peints</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>technique d'impression, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>74502</v>
+        <v>67744</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>rideau d'ameublement</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D205" s="2"/>
+          <t>Maison Cauchie</t>
+        </is>
+      </c>
+      <c r="D205" s="2" t="inlineStr">
+        <is>
+          <t>Cauchie,  Paul</t>
+        </is>
+      </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>rideau</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>gouache, bois, soie</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>peint, gaze, broderie</t>
+          <t>tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>49559</v>
+        <v>49465</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Ex-voto à Notre-Dame de la Paix</t>
+          <t>Autoportrait de Pieter De Mets</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>De Greef, Ar.</t>
+          <t>De Mets, Pieter</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>69865</v>
+        <v>47504</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Portrait d'Adolphe Max, bourgmestre de Bruxelles de 1909 à 1939</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1909 - 1930</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>laine, peinture</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>69855</v>
+        <v>59690</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Lachelin, Benjamin</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>imprimé, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>69864</v>
+        <v>49520</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Portrait de Madame Boulvin</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Montald, Constant</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>laine, peinture</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>43696</v>
+        <v>76132</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Source du Maelbeek dans le petit étang de l’ancienne abbaye de la Cambre</t>
+          <t>Bannière du cercle royal philanthropique Les Gais Lurons</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D210" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D210" s="2" t="inlineStr">
+        <is>
+          <t>Ramaker &amp; Lefevre</t>
+        </is>
+      </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, toile, peinture à l'huile</t>
+          <t>soie, fil de métal, bois</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, peint</t>
+          <t>satin, toile, moiré, broderie, peint, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>70064</v>
+        <v>49530</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>20 vues de Laeken</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Schouten, Paul</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1913 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>peinture, laine, métal</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>70069</v>
+        <v>58616</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Sac à farine</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1914 - 1918</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>toile, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>70070</v>
+        <v>51449</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Nu féminin (Vénus)</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Desmaré, Mathieu</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>70073</v>
+        <v>74502</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>gouache, bois, soie</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>70085</v>
+        <v>59813</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>69870</v>
+        <v>49559</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Ex-voto à Notre-Dame de la Paix</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Greef, Ar.</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>69890</v>
+        <v>69944</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>métal, peinture</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>69891</v>
+        <v>69953</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
           <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>69896</v>
+        <v>70023</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>costume</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>coton, peinture</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>69902</v>
+        <v>70059</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>69903</v>
+        <v>70061</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>69904</v>
+        <v>70064</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>peinture, laine, métal</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>69907</v>
+        <v>70069</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>69923</v>
+        <v>70070</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>coton, carton, bois</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>69944</v>
+        <v>70073</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>métal, peinture</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>69953</v>
+        <v>70085</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>coton, soie, métal, peinture</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>70023</v>
+        <v>69870</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, métal, peinture</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>70059</v>
+        <v>69890</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>70061</v>
+        <v>69891</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Costume de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>costume, costume et parure</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>coton, peinture</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>49174</v>
+        <v>69896</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Hal en 1931</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Vanden Berghe, Victor</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>46693</v>
+        <v>69902</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Panorama à Laeken (chapelle Sainte-Anne)</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Lepaffe, Fernand</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1933 - 1933</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>49496</v>
+        <v>69903</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>La Foire du Midi de Bruxelles en 1934</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Médard</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>47337</v>
+        <v>69904</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Le Vieux Bruxelles à l'Exposition Universelle de 1935</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Vanden Berghe, Victor</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>47301</v>
+        <v>69907</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Travaux pour la jonction Nord-Midi avec la cathédrale Saints-Michel-et-Gudule dans le fond</t>
+          <t>Cape des Neufs nations de Bruxelles de l’ommegang de 1930</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Duchêne, Edmond</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>59274</v>
+        <v>69923</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D235" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D235" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>papier, bambou</t>
+          <t>coton, carton, bois</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>99134</v>
+        <v>43696</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Fanion du carnaval du mi-carème</t>
+          <t>Source du Maelbeek dans le petit étang de l’ancienne abbaye de la Cambre</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
-[...2 lines deleted...]
-      <c r="F236" s="2"/>
+          <t>1930 - 1930</t>
+        </is>
+      </c>
+      <c r="F236" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>fibres artificielles, laine, bois, soie</t>
+          <t>toile, peinture à l'huile, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>faille, feutrine, passementerie, peint</t>
+          <t>technique de peinture, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>49347</v>
+        <v>69855</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Poisson suspendu (plie)</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Schott, Philippe</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>coton, peinture</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>couture, tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>42635</v>
+        <v>69864</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Vie de sainte Alice lépreuse, moniale de la Cambre</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Vander Linden,  Irène</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1957</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>laine, peinture</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>80310</v>
+        <v>69865</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Jupe</t>
+          <t>Costume de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D239" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D239" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1958 - 1962</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>costume, costume et parure</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine, peinture</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>80228</v>
+        <v>49174</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Fanion avec les portraits du roi Baudouin et de la reine Fabiola</t>
+          <t>La Porte de Hal en 1931</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Szilagyné F. Apollonia</t>
+          <t>Vanden Berghe, Victor</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>soie, peinture, bois</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>peint, toile</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>47234</v>
+        <v>77598</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Incendie du grand magasin À l'Innovation en 1967</t>
+          <t>Place L. Wiener</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Scotti, Nicola</t>
+          <t>Hoffman, Frédéric</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1998</t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>59815</v>
+        <v>46693</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Panorama à Laeken (chapelle Sainte-Anne)</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D242" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D242" s="2" t="inlineStr">
+        <is>
+          <t>Lepaffe, Fernand</t>
+        </is>
+      </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1970 - 2000</t>
+          <t>1933 - 1933</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>bois, coton, gouache</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, toile</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>59816</v>
+        <v>49496</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>La Foire du Midi de Bruxelles en 1934</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D243" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D243" s="2" t="inlineStr">
+        <is>
+          <t>Tytgat, Médard</t>
+        </is>
+      </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1970 - 2000</t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>taillé, toile, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>59818</v>
+        <v>47337</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le Vieux Bruxelles à l'Exposition Universelle de 1935</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D244" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D244" s="2" t="inlineStr">
+        <is>
+          <t>Vanden Berghe, Victor</t>
+        </is>
+      </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1970 - 2000</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, coton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, moulé, toile, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>70120</v>
+        <v>77588</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+          <t>intimité</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Wéry, Fernand</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>70121</v>
+        <v>77632</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+          <t>Coin de ferme</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Neermans, Jules</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1941 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>70122</v>
+        <v>47301</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+          <t>Travaux pour la jonction Nord-Midi avec la cathédrale Saints-Michel-et-Gudule dans le fond</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Duchêne, Edmond</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>70123</v>
+        <v>59274</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal</t>
+          <t>papier, bambou</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>70124</v>
+        <v>77728</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Etang</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Droesbeke-Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>70125</v>
+        <v>77729</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+          <t>Ecuries de la Maison haute</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Droesbeke-Cocq, Suzanne</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>70003</v>
+        <v>77574</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
+          <t>Coin du balai  Crépuscule</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D251" s="2"/>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>Tytgat, Edgard</t>
+        </is>
+      </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>70004</v>
+        <v>77507</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
+          <t>Port de Collioure</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D252" s="2"/>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D252" s="2" t="inlineStr">
+        <is>
+          <t>Droesbeke, Albert</t>
+        </is>
+      </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>70005</v>
+        <v>77586</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+          <t>Enfant endormi</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D253" s="2"/>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D253" s="2" t="inlineStr">
+        <is>
+          <t>Wéry, Fernand</t>
+        </is>
+      </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>70006</v>
+        <v>99134</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
+          <t>Fanion du carnaval du mi-carème</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
-[...6 lines deleted...]
-      </c>
+          <t>1956 - </t>
+        </is>
+      </c>
+      <c r="F254" s="2"/>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>fibres artificielles, laine, bois, soie</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>faille, feutrine, passementerie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>70007</v>
+        <v>49347</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
+          <t>Poisson suspendu (plie)</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D255" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D255" s="2" t="inlineStr">
+        <is>
+          <t>Schott, Philippe</t>
+        </is>
+      </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2020</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>106455</v>
+        <v>42635</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Vie de sainte Alice lépreuse, moniale de la Cambre</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Vander Linden,  Irène</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1957 - 1957</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>lin, coton, cuir</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>60216</v>
+        <v>80310</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Jupe</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D257" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D257" s="2"/>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>1958 - 1962</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>70126</v>
+        <v>80228</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
+          <t>Fanion avec les portraits du roi Baudouin et de la reine Fabiola</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...2 lines deleted...]
-      <c r="D258" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D258" s="2" t="inlineStr">
+        <is>
+          <t>Szilagyné F. Apollonia</t>
+        </is>
+      </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>géant</t>
+          <t>drapeau</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
+          <t>soie, peinture, bois</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+          <t>peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>85458</v>
+        <v>77594</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Nature morte au chou-fleur</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Wéry, Fernand</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1963 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, sérigraphié, crêpe</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>85461</v>
+        <v>47234</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Incendie du grand magasin À l'Innovation en 1967</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+          <t>Scotti, Nicola</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>2006 - 2007</t>
+          <t>1967 - 1998</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>soie, peinture</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>satin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>85466</v>
+        <v>59815</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, robes</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D261" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
-[...2 lines deleted...]
-      <c r="F261" s="2"/>
+          <t>1970 - 2000</t>
+        </is>
+      </c>
+      <c r="F261" s="2" t="inlineStr">
+        <is>
+          <t>éventail plié</t>
+        </is>
+      </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>soie, cachemire</t>
+          <t>bois, coton, gouache</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, drap</t>
+          <t>taillé, peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>85469</v>
+        <v>59816</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Ensemble haut et jupe</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D262" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
-[...2 lines deleted...]
-      <c r="F262" s="2"/>
+          <t>1970 - 2000</t>
+        </is>
+      </c>
+      <c r="F262" s="2" t="inlineStr">
+        <is>
+          <t>éventail plié</t>
+        </is>
+      </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>coton, lin, polyester, soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, toile</t>
+          <t>taillé, toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>59290</v>
+        <v>59818</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D263" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2011</t>
+          <t>1970 - 2000</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>matière plastique, coton</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>dentelle mécanique, moulé, toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>59288</v>
+        <v>77650</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Escarpin à plateforme compensée</t>
+          <t>Les Roses</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>Braet, Lucien</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>1982 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>85615</v>
+        <v>77600</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Le Bal</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
+          <t>Cordova, Zuniga Gladys</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>2015 - 2016</t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>sergé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>85702</v>
+        <v>77715</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>En saluant paul Delvaux quelque part la plage ma chère simone</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+          <t>Somville, Roger</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>1988 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G266" s="2"/>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
+        <v>77671</v>
+      </c>
+      <c r="B267" s="2" t="inlineStr">
+        <is>
+          <t>Le Cirque</t>
+        </is>
+      </c>
+      <c r="C267" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D267" s="2" t="inlineStr">
+        <is>
+          <t>Quinet, Mig (Irma)</t>
+        </is>
+      </c>
+      <c r="E267" s="2" t="inlineStr">
+        <is>
+          <t>1996 - </t>
+        </is>
+      </c>
+      <c r="F267" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G267" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H267" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="1" t="n">
+        <v>70003</v>
+      </c>
+      <c r="B268" s="2" t="inlineStr">
+        <is>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment Royal des Saints Michel et Gudule ou des Escrimeurs de Bruxelles</t>
+        </is>
+      </c>
+      <c r="C268" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D268" s="2"/>
+      <c r="E268" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G268" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H268" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="1" t="n">
+        <v>70004</v>
+      </c>
+      <c r="B269" s="2" t="inlineStr">
+        <is>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) :  Ancien Grand Serment Royal et Noble des Arbalétriers de Notre-Dame du Sablon</t>
+        </is>
+      </c>
+      <c r="C269" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D269" s="2"/>
+      <c r="E269" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F269" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G269" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H269" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="1" t="n">
+        <v>70005</v>
+      </c>
+      <c r="B270" s="2" t="inlineStr">
+        <is>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : Grand Serment Royal et de Saint-Georges des Arbalétriers de Bruxelles</t>
+        </is>
+      </c>
+      <c r="C270" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F270" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G270" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H270" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="1" t="n">
+        <v>70006</v>
+      </c>
+      <c r="B271" s="2" t="inlineStr">
+        <is>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Grand Serment Royal des Archers de Saint-Sébastien</t>
+        </is>
+      </c>
+      <c r="C271" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D271" s="2"/>
+      <c r="E271" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F271" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G271" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H271" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="1" t="n">
+        <v>70007</v>
+      </c>
+      <c r="B272" s="2" t="inlineStr">
+        <is>
+          <t>Fanions des Serments de Bruxelles (Ommegang de Bruxelles) : le Serment des Arquebusiers de Saint-Christophe</t>
+        </is>
+      </c>
+      <c r="C272" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D272" s="2"/>
+      <c r="E272" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F272" s="2" t="inlineStr">
+        <is>
+          <t>bannière et drapeau</t>
+        </is>
+      </c>
+      <c r="G272" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H272" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, peint, technique des métaux, tissage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="1" t="n">
+        <v>70120</v>
+      </c>
+      <c r="B273" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l’Ommegang de Bruxelles : Janneke</t>
+        </is>
+      </c>
+      <c r="C273" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D273" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E273" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F273" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G273" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+        </is>
+      </c>
+      <c r="H273" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="1" t="n">
+        <v>70121</v>
+      </c>
+      <c r="B274" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l’Ommegang de Bruxelles : Mieke</t>
+        </is>
+      </c>
+      <c r="C274" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E274" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F274" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G274" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, papier, papier mâché, osier, métal</t>
+        </is>
+      </c>
+      <c r="H274" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="1" t="n">
+        <v>70122</v>
+      </c>
+      <c r="B275" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l’Ommegang de Bruxelles : Bompa (à droite)</t>
+        </is>
+      </c>
+      <c r="C275" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D275" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E275" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F275" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G275" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, osier, métal</t>
+        </is>
+      </c>
+      <c r="H275" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="1" t="n">
+        <v>70123</v>
+      </c>
+      <c r="B276" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l’Ommegang de Bruxelles : Boma (à gauche)</t>
+        </is>
+      </c>
+      <c r="C276" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D276" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E276" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F276" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G276" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, osier, métal</t>
+        </is>
+      </c>
+      <c r="H276" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="1" t="n">
+        <v>70124</v>
+      </c>
+      <c r="B277" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+        </is>
+      </c>
+      <c r="C277" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D277" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E277" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F277" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G277" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+        </is>
+      </c>
+      <c r="H277" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="1" t="n">
+        <v>70125</v>
+      </c>
+      <c r="B278" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l’Ommegang de Bruxelles : saint Michel</t>
+        </is>
+      </c>
+      <c r="C278" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D278" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E278" s="2" t="inlineStr">
+        <is>
+          <t>2000 - 2020</t>
+        </is>
+      </c>
+      <c r="F278" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G278" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, osier, métal, papier mâché, papier</t>
+        </is>
+      </c>
+      <c r="H278" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="1" t="n">
+        <v>106455</v>
+      </c>
+      <c r="B279" s="2" t="inlineStr">
+        <is>
+          <t>Robe courte</t>
+        </is>
+      </c>
+      <c r="C279" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D279" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+        </is>
+      </c>
+      <c r="E279" s="2" t="inlineStr">
+        <is>
+          <t>2001 - </t>
+        </is>
+      </c>
+      <c r="F279" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G279" s="2" t="inlineStr">
+        <is>
+          <t>lin, coton, cuir</t>
+        </is>
+      </c>
+      <c r="H279" s="2" t="inlineStr">
+        <is>
+          <t>toile, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="1" t="n">
+        <v>77613</v>
+      </c>
+      <c r="B280" s="2" t="inlineStr">
+        <is>
+          <t>'Paysage avec verger et maison'</t>
+        </is>
+      </c>
+      <c r="C280" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>Dufour, Jean</t>
+        </is>
+      </c>
+      <c r="E280" s="2" t="inlineStr">
+        <is>
+          <t>2003 - </t>
+        </is>
+      </c>
+      <c r="F280" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G280" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H280" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="1" t="n">
+        <v>77616</v>
+      </c>
+      <c r="B281" s="2" t="inlineStr">
+        <is>
+          <t>'Ruisseau dans un paysage boisé'</t>
+        </is>
+      </c>
+      <c r="C281" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D281" s="2" t="inlineStr">
+        <is>
+          <t>Dufour, Jean</t>
+        </is>
+      </c>
+      <c r="E281" s="2" t="inlineStr">
+        <is>
+          <t>2003 - </t>
+        </is>
+      </c>
+      <c r="F281" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G281" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H281" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="1" t="n">
+        <v>60216</v>
+      </c>
+      <c r="B282" s="2" t="inlineStr">
+        <is>
+          <t>Bottines</t>
+        </is>
+      </c>
+      <c r="C282" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+        </is>
+      </c>
+      <c r="E282" s="2" t="inlineStr">
+        <is>
+          <t>2003 - </t>
+        </is>
+      </c>
+      <c r="F282" s="2" t="inlineStr">
+        <is>
+          <t>chaussure</t>
+        </is>
+      </c>
+      <c r="G282" s="2" t="inlineStr">
+        <is>
+          <t>coton, cuir</t>
+        </is>
+      </c>
+      <c r="H282" s="2" t="inlineStr">
+        <is>
+          <t>toile, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="1" t="n">
+        <v>85458</v>
+      </c>
+      <c r="B283" s="2" t="inlineStr">
+        <is>
+          <t>Robe courte</t>
+        </is>
+      </c>
+      <c r="C283" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D283" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+        </is>
+      </c>
+      <c r="E283" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F283" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G283" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H283" s="2" t="inlineStr">
+        <is>
+          <t>satin, peint, sérigraphié, crêpe</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="1" t="n">
+        <v>70126</v>
+      </c>
+      <c r="B284" s="2" t="inlineStr">
+        <is>
+          <t>Géant de l'Ommegang de Bruxelles: sainte Gudule</t>
+        </is>
+      </c>
+      <c r="C284" s="2" t="inlineStr">
+        <is>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D284" s="2"/>
+      <c r="E284" s="2" t="inlineStr">
+        <is>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F284" s="2" t="inlineStr">
+        <is>
+          <t>géant</t>
+        </is>
+      </c>
+      <c r="G284" s="2" t="inlineStr">
+        <is>
+          <t>peinture, bois, osier, métal, papier mâché, papier, résine</t>
+        </is>
+      </c>
+      <c r="H284" s="2" t="inlineStr">
+        <is>
+          <t>peint, technique d'assemblage, technique mixte, technique de sculpture, couture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="1" t="n">
+        <v>77624</v>
+      </c>
+      <c r="B285" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C285" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Watermael-Boitsfort</t>
+        </is>
+      </c>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>Emonds-Alt, Jean Paul</t>
+        </is>
+      </c>
+      <c r="E285" s="2" t="inlineStr">
+        <is>
+          <t>2006 - </t>
+        </is>
+      </c>
+      <c r="F285" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G285" s="2"/>
+      <c r="H285" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="1" t="n">
+        <v>85461</v>
+      </c>
+      <c r="B286" s="2" t="inlineStr">
+        <is>
+          <t>Robe courte</t>
+        </is>
+      </c>
+      <c r="C286" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D286" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+        </is>
+      </c>
+      <c r="E286" s="2" t="inlineStr">
+        <is>
+          <t>2006 - 2007</t>
+        </is>
+      </c>
+      <c r="F286" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
+      <c r="G286" s="2" t="inlineStr">
+        <is>
+          <t>soie, peinture</t>
+        </is>
+      </c>
+      <c r="H286" s="2" t="inlineStr">
+        <is>
+          <t>satin, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="1" t="n">
+        <v>85466</v>
+      </c>
+      <c r="B287" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble manteau, robes</t>
+        </is>
+      </c>
+      <c r="C287" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D287" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Weemaels, Jacques</t>
+        </is>
+      </c>
+      <c r="E287" s="2" t="inlineStr">
+        <is>
+          <t>2008 - </t>
+        </is>
+      </c>
+      <c r="F287" s="2"/>
+      <c r="G287" s="2" t="inlineStr">
+        <is>
+          <t>soie, cachemire</t>
+        </is>
+      </c>
+      <c r="H287" s="2" t="inlineStr">
+        <is>
+          <t>satin, peint, drap</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="1" t="n">
+        <v>85469</v>
+      </c>
+      <c r="B288" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble haut et jupe</t>
+        </is>
+      </c>
+      <c r="C288" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D288" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Ramanankirahina, Amalia</t>
+        </is>
+      </c>
+      <c r="E288" s="2" t="inlineStr">
+        <is>
+          <t>2009 - </t>
+        </is>
+      </c>
+      <c r="F288" s="2"/>
+      <c r="G288" s="2" t="inlineStr">
+        <is>
+          <t>coton, lin, polyester, soie</t>
+        </is>
+      </c>
+      <c r="H288" s="2" t="inlineStr">
+        <is>
+          <t>satin, peint, toile</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="1" t="n">
+        <v>59290</v>
+      </c>
+      <c r="B289" s="2" t="inlineStr">
+        <is>
+          <t>Derby à plateforme compensée</t>
+        </is>
+      </c>
+      <c r="C289" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D289" s="2" t="inlineStr">
+        <is>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+        </is>
+      </c>
+      <c r="E289" s="2" t="inlineStr">
+        <is>
+          <t>2010 - 2011</t>
+        </is>
+      </c>
+      <c r="F289" s="2" t="inlineStr">
+        <is>
+          <t>chaussure</t>
+        </is>
+      </c>
+      <c r="G289" s="2" t="inlineStr">
+        <is>
+          <t>cuir, pin</t>
+        </is>
+      </c>
+      <c r="H289" s="2" t="inlineStr">
+        <is>
+          <t>teint, taillé, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="1" t="n">
+        <v>59288</v>
+      </c>
+      <c r="B290" s="2" t="inlineStr">
+        <is>
+          <t>Escarpin à plateforme compensée</t>
+        </is>
+      </c>
+      <c r="C290" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D290" s="2" t="inlineStr">
+        <is>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+        </is>
+      </c>
+      <c r="E290" s="2" t="inlineStr">
+        <is>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F290" s="2" t="inlineStr">
+        <is>
+          <t>chaussure</t>
+        </is>
+      </c>
+      <c r="G290" s="2" t="inlineStr">
+        <is>
+          <t>cuir, pin</t>
+        </is>
+      </c>
+      <c r="H290" s="2" t="inlineStr">
+        <is>
+          <t>teint, taillé, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="1" t="n">
+        <v>85615</v>
+      </c>
+      <c r="B291" s="2" t="inlineStr">
+        <is>
+          <t>Manteau</t>
+        </is>
+      </c>
+      <c r="C291" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul / Hamidou Diori, Zeinabou</t>
+        </is>
+      </c>
+      <c r="E291" s="2" t="inlineStr">
+        <is>
+          <t>2015 - 2016</t>
+        </is>
+      </c>
+      <c r="F291" s="2" t="inlineStr">
+        <is>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G291" s="2" t="inlineStr">
+        <is>
+          <t>coton, cuir</t>
+        </is>
+      </c>
+      <c r="H291" s="2" t="inlineStr">
+        <is>
+          <t>sergé, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="1" t="n">
+        <v>85702</v>
+      </c>
+      <c r="B292" s="2" t="inlineStr">
+        <is>
+          <t>Manteau</t>
+        </is>
+      </c>
+      <c r="C292" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Paul Knott,  / Knott, Jean-Paul</t>
+        </is>
+      </c>
+      <c r="E292" s="2" t="inlineStr">
+        <is>
+          <t>2019 - 2020</t>
+        </is>
+      </c>
+      <c r="F292" s="2" t="inlineStr">
+        <is>
+          <t>manteau</t>
+        </is>
+      </c>
+      <c r="G292" s="2" t="inlineStr">
+        <is>
+          <t>polyester, peinture</t>
+        </is>
+      </c>
+      <c r="H292" s="2" t="inlineStr">
+        <is>
+          <t>toile, peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="1" t="n">
         <v>95483</v>
       </c>
-      <c r="B267" s="2" t="inlineStr">
+      <c r="B293" s="2" t="inlineStr">
         <is>
           <t>Ensemble "Clown"</t>
         </is>
       </c>
-      <c r="C267" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D267" s="2" t="inlineStr">
+      <c r="C293" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Neri-Lindfors, Matteo / Lion Ascendant Connasse</t>
         </is>
       </c>
-      <c r="E267" s="2" t="inlineStr">
+      <c r="E293" s="2" t="inlineStr">
         <is>
           <t>2022 - </t>
         </is>
       </c>
-      <c r="F267" s="2" t="inlineStr">
+      <c r="F293" s="2" t="inlineStr">
         <is>
           <t>ensemble, robe longue, vêtement d'intérieur, manteau, chapeau, accessoire textile</t>
         </is>
       </c>
-      <c r="G267" s="2" t="inlineStr">
+      <c r="G293" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques, coton</t>
         </is>
       </c>
-      <c r="H267" s="2" t="inlineStr">
+      <c r="H293" s="2" t="inlineStr">
         <is>
           <t>jersey, peint, toile, satin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">