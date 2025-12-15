--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -455,409 +455,409 @@
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1832 - 1930</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>décoration et médaille</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>métal, soie, fil de métal</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>moiré, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>58552</v>
+        <v>87832</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>moiré, technique de sculpture, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>58565</v>
+        <v>88286</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie, os, damas, bois</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>87832</v>
+        <v>44957</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>moiré, technique de sculpture, toile</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>88286</v>
+        <v>44958</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>moiré, passementerie, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>44957</v>
+        <v>57933</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>44958</v>
+        <v>58552</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>moiré, passementerie, technique de sculpture</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>57933</v>
+        <v>58565</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>soie, os, damas, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>moiré, faille, passementerie, technique de sculpture, taffetas</t>
+          <t>moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>88473</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Drapeau de la Société du Jeu de Balle de Bruxelles</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Melot, E.</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>velours, sergé, moiré, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>59733</v>
+        <v>88471</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1890</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, vernis, moiré</t>
+          <t>moiré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>88471</v>
+        <v>59733</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>En-tout-cas</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1890</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>canne, ombrelle, parapluie</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>moiré, technique de sculpture</t>
+          <t>taillé, peint, vernis, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>58682</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Coiffe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>