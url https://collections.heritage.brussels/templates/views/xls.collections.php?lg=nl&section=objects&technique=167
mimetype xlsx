--- v1 (2025-12-15)
+++ v2 (2026-03-17)
@@ -711,51 +711,51 @@
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie, os, damas, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>moiré, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>88473</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Drapeau de la Société du Jeu de Balle de Bruxelles</t>
+          <t>Bannière de la société royale de jeu de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Melot, E.</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1859 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>drapeau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie, coton, fil d'argent, fil d'or, métal, bois, verre</t>