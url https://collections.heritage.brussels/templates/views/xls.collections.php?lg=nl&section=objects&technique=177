--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -359,313 +359,313 @@
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>coiffeuse</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>acajou, marbre, verre, laiton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>98837</v>
+        <v>99239</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Console</t>
+          <t>Table</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
-      <c r="D7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1825</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>console</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>acajou, chêne, marbre, bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, placage</t>
+          <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99239</v>
+        <v>99247</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Table</t>
+          <t>Bibliothèque à deux corps</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>bibliothèque</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>acajou, verre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, marqueté</t>
+          <t>technique d'assemblage, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>99247</v>
+        <v>99257</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Bibliothèque à deux corps</t>
+          <t>Table à jeux</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>bibliothèque</t>
+          <t>table à jeu et billard</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>acajou, verre</t>
+          <t>acajou, feutre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99257</v>
+        <v>102864</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Table à jeux</t>
+          <t>Commode-secrétaire</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Chapuis, Jean-Joseph</t>
+        </is>
+      </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1825</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>table à jeu et billard</t>
+          <t>secrétaire</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>acajou, feutre</t>
+          <t>laiton, bronze, acajou</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, placage</t>
+          <t>placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>102864</v>
+        <v>102865</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Commode-secrétaire</t>
+          <t>Secrétaire à cylindre</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Chapuis, Jean-Joseph</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1801 - 1825</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>secrétaire</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>laiton, bronze, acajou</t>
+          <t>acajou, chêne, cuir, bronze</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>102865</v>
+        <v>102866</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Secrétaire à cylindre</t>
+          <t>Console</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Chapuis, Jean-Joseph</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1801 - 1825</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>secrétaire</t>
+          <t>console</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>acajou, chêne, cuir, bronze</t>
+          <t>acajou, bronze, chêne</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>102866</v>
+        <v>98837</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Console</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Chapuis, Jean-Joseph</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1801 - 1825</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>console</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>acajou, bronze, chêne</t>
+          <t>acajou, chêne, marbre, bronze</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>placage</t>
+          <t>technique d'assemblage, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>99232</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Table</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
@@ -699,153 +699,153 @@
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>canne, parapluie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bois, soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>placage, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>62537</v>
+        <v>99255</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Guéridon</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>guéridon</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>bambou, bois, coton</t>
+          <t>bois de rose, acajou</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>broderie anglaise, placage</t>
+          <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>99255</v>
+        <v>99256</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Guéridon</t>
+          <t>Vitrine</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>guéridon</t>
+          <t>vitrine</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois de rose, acajou</t>
+          <t>sycomore, verre, marbre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, marqueté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>99256</v>
+        <v>62537</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Vitrine</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>vitrine</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>sycomore, verre, marbre</t>
+          <t>bambou, bois, coton</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, marqueté</t>
+          <t>broderie anglaise, placage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>90408</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Parapluie</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2" t="inlineStr">