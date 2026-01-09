--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1959,146 +1959,146 @@
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>43349</v>
+        <v>43733</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>L'Ascension de la Vierge Marie</t>
+          <t>La dernière cène</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1929 - 1929</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>43350</v>
+        <v>43349</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Christ triomphant</t>
+          <t>L'Ascension de la Vierge Marie</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Ganton-Defoin,  Camille</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>43733</v>
+        <v>43350</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>La dernière cène</t>
+          <t>Christ triomphant</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D50" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Ganton-Defoin,  Camille</t>
+        </is>
+      </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1929 - 1929</t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>42548</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Vertus Cardinales</t>
@@ -3235,1202 +3235,1202 @@
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>93330</v>
+        <v>93333</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Philippe</t>
+          <t>Vitrail de la Communion des Apôtres : Christ eucharistique</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>99620</v>
+        <v>93334</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Sainte Thérèse de l’Enfant-Jésus</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jean l’Evangéliste</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>93331</v>
+        <v>93335</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Thomas</t>
+          <t>Vitrail de la Communion des Apôtres : saint André</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>93332</v>
+        <v>93336</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Pierre</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jacques le Majeur</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>93333</v>
+        <v>93337</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : Christ eucharistique</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jacques le Mineur</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>93334</v>
+        <v>93338</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jean l’Evangéliste</t>
+          <t>Vitrail de la Communion des Apôtres : saint Barthélemy</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>93335</v>
+        <v>93339</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint André</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jude Thaddée</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>93336</v>
+        <v>93340</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jacques le Majeur</t>
+          <t>Episodes de la vie de la Vierge : l’Annonciation</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>93337</v>
+        <v>93341</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jacques le Mineur</t>
+          <t>Episodes de la vie de la Vierge : la Nativité</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>93338</v>
+        <v>93342</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Barthélemy</t>
+          <t>Episodes de la vie de la Vierge : la Visitation</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>93339</v>
+        <v>93343</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jude Thaddée</t>
+          <t>Episodes de la vie de la Vierge : le Couronnement de la Vierge</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>93340</v>
+        <v>93344</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : l’Annonciation</t>
+          <t>Martyre de saint Lambert</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>93341</v>
+        <v>93345</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : la Nativité</t>
+          <t>Vitrail de la Création : premier jour : Séparation de la lumière et des ténèbres (à gauche)</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>93342</v>
+        <v>93346</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : la Visitation</t>
+          <t>Vitrail de la Création : deuxième jour : Séparation des eaux du dessus et des eaux du dessous (à droite)</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>93343</v>
+        <v>93347</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : le Couronnement de la Vierge</t>
+          <t>Vitrail de la Création : troisième jour : Séparation de la terre et des eaux et création des plantes (à gauche)</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>93344</v>
+        <v>93348</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Martyre de saint Lambert</t>
+          <t>Vitrail de la Création : quatrième jour : Création des luminaires et des étoiles (à droite)</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>93345</v>
+        <v>93349</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : premier jour : Séparation de la lumière et des ténèbres (à gauche)</t>
+          <t>Vitrail de la Création : cinquième jour : Création des poissons et des oiseaux (à droite)</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>93346</v>
+        <v>93350</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : deuxième jour : Séparation des eaux du dessus et des eaux du dessous (à droite)</t>
+          <t>Vitrail de la Création : sixième jour : Création d’Adam et Eve (à gauche)</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>93347</v>
+        <v>93351</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : troisième jour : Séparation de la terre et des eaux et création des plantes (à gauche)</t>
+          <t>Vitrail de la Création : septième jour : Repos de Dieu (à droite)</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>93348</v>
+        <v>93352</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : quatrième jour : Création des luminaires et des étoiles (à droite)</t>
+          <t>Les Evangélistes et les Grands Prophètes</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>93349</v>
+        <v>93356</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : cinquième jour : Création des poissons et des oiseaux (à droite)</t>
+          <t>Sainte Famille</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>93350</v>
+        <v>99615</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : sixième jour : Création d’Adam et Eve (à gauche)</t>
+          <t>Vitraux des anges</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D102" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Reyre,  Valentine</t>
+        </is>
+      </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>93351</v>
+        <v>93327</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : septième jour : Repos de Dieu (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Matthias</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>93352</v>
+        <v>99617</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Les Evangélistes et les Grands Prophètes</t>
+          <t>Vitrail de Saint Boniface</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D104" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>93356</v>
+        <v>93328</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Sainte Famille</t>
+          <t>Vitrail de la Communion des Apôtres : saint Simon</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>99615</v>
+        <v>99618</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Vitraux des anges</t>
+          <t>Vitrail des attributs de la papauté</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Reyre,  Valentine</t>
+          <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>93327</v>
+        <v>93329</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Matthias</t>
+          <t>Vitrail de la Communion des Apôtres : saint Matthieu l’Evangéliste</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>99617</v>
+        <v>99619</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Boniface</t>
+          <t>Vitrail de Saint Jean-Marie Baptiste Vianney, curé d’Ars</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>93328</v>
+        <v>93330</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Simon</t>
+          <t>Vitrail de la Communion des Apôtres : saint Philippe</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>99618</v>
+        <v>99620</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Vitrail des attributs de la papauté</t>
+          <t>Vitrail de Sainte Thérèse de l’Enfant-Jésus</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>93329</v>
+        <v>93331</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Matthieu l’Evangéliste</t>
+          <t>Vitrail de la Communion des Apôtres : saint Thomas</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>99619</v>
+        <v>93332</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Jean-Marie Baptiste Vianney, curé d’Ars</t>
+          <t>Vitrail de la Communion des Apôtres : saint Pierre</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
         <v>42558</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>