--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -331,110 +331,110 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1856 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>43548</v>
+        <v>43345</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'adoration des rois mages</t>
+          <t>Notre-Dame avec l'Enfant et des saints</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Gons, Frans / Stalins,  August / Janssens, Alfons</t>
+          <t>Coucke,  Samuël</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1876 - 1876</t>
+          <t>1876 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>43345</v>
+        <v>43548</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame avec l'Enfant et des saints</t>
+          <t>L'adoration des rois mages</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Coucke,  Samuël</t>
+          <t>Gons, Frans / Stalins,  August / Janssens, Alfons</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1876 - </t>
+          <t>1876 - 1876</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>43342</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Notre-Dame avec l'Enfant et des saints</t>
@@ -755,586 +755,586 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>42551</v>
+        <v>42572</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>La Première Communion</t>
+          <t>saint Joseph</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Crespin, Louis-Charles</t>
+          <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1935</t>
+          <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>42552</v>
+        <v>42573</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Dieu le père</t>
+          <t>Saint Hubert</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42563</v>
+        <v>42576</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Vitraux non figuratifs</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>de Contini,  L.</t>
+        </is>
+      </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1935</t>
+          <t>1895 - 1895</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>42564</v>
+        <v>42551</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>saint Louis</t>
+          <t>La Première Communion</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>de Contini,  L.</t>
+          <t>Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1900</t>
+          <t>1895 - 1935</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>42565</v>
+        <v>42552</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de Bon-Secours</t>
+          <t>Dieu le père</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>42566</v>
+        <v>42563</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>sainte Adèle</t>
+          <t>Vitraux non figuratifs</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
-      <c r="D22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1900</t>
+          <t>1895 - 1935</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>42567</v>
+        <v>42564</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>saint Félix</t>
+          <t>saint Louis</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>42568</v>
+        <v>42565</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>sainte Anne</t>
+          <t>Notre-Dame de Bon-Secours</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>42569</v>
+        <v>42566</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>sainte Barbe</t>
+          <t>sainte Adèle</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>42570</v>
+        <v>42567</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>saint Charles Borromée</t>
+          <t>saint Félix</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>42571</v>
+        <v>42568</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>saint Antoine de Padoue</t>
+          <t>sainte Anne</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>42572</v>
+        <v>42569</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>saint Joseph</t>
+          <t>sainte Barbe</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>42573</v>
+        <v>42570</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Saint Hubert</t>
+          <t>saint Charles Borromée</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>42576</v>
+        <v>42571</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1895</t>
+          <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>86790</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Sacré-Cœur de Jésus</t>
@@ -1959,631 +1959,631 @@
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1920 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>43733</v>
+        <v>43349</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>La dernière cène</t>
+          <t>L'Ascension de la Vierge Marie</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D48" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Ganton-Defoin,  Camille</t>
+        </is>
+      </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1929 - 1929</t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>43349</v>
+        <v>43350</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>L'Ascension de la Vierge Marie</t>
+          <t>Christ triomphant</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Ganton-Defoin,  Camille</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>43350</v>
+        <v>43733</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Christ triomphant</t>
+          <t>La dernière cène</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1929 - 1929</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>42548</v>
+        <v>76979</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Vertus Cardinales</t>
+          <t>Vierge de douleur</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>43725</v>
+        <v>76980</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>La sainte Famille</t>
+          <t>Sacré-Cœur de Jésus</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique d'assemblage</t>
+          <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>76976</v>
+        <v>76981</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Saints François d’Assise et Joseph</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>76977</v>
+        <v>76983</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant apparaît à Servais de Tongres</t>
+          <t>Sainte Trinité</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D54" s="2"/>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Steyaert,  Edouard</t>
+        </is>
+      </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>76978</v>
+        <v>76984</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Saints Pierre et Paul</t>
+          <t>Saint évêque sauroctone et sainte Catherine</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D55" s="2"/>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Steyaert,  Edouard</t>
+        </is>
+      </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>76979</v>
+        <v>76985</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Vierge de douleur</t>
+          <t>Christ en croix et la Vierge avec le Cardinal Mercier</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D56" s="2"/>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Steyaert,  Edouard</t>
+        </is>
+      </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>76980</v>
+        <v>76986</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Cœur de Jésus</t>
+          <t>Vierge à l’Enfant apparaît à un saint Empereur</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D57" s="2"/>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Steyaert,  Edouard</t>
+        </is>
+      </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>76981</v>
+        <v>76987</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>Servais de Tongres et le pape Damase Ier</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D58" s="2"/>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Steyaert,  Edouard</t>
+        </is>
+      </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>76983</v>
+        <v>42548</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Sainte Trinité</t>
+          <t>Vertus Cardinales</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1950</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>peinture, plomb, verre</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique du vitrail</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>76984</v>
+        <v>43725</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Saint évêque sauroctone et sainte Catherine</t>
+          <t>La sainte Famille</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>peinture, plomb, verre</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique du vitrail</t>
+          <t>peinture sur verre, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>76985</v>
+        <v>76976</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et la Vierge avec le Cardinal Mercier</t>
+          <t>Saints François d’Assise et Joseph</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D61" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>76986</v>
+        <v>76977</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant apparaît à un saint Empereur</t>
+          <t>Vierge à l’Enfant apparaît à Servais de Tongres</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D62" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>76987</v>
+        <v>76978</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Servais de Tongres et le pape Damase Ier</t>
+          <t>Saints Pierre et Paul</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
-      <c r="D63" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>95746</v>
       </c>
@@ -3235,1297 +3235,1297 @@
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>93333</v>
+        <v>93356</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : Christ eucharistique</t>
+          <t>Sainte Famille</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>93334</v>
+        <v>99615</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jean l’Evangéliste</t>
+          <t>Vitraux des anges</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D82" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Reyre,  Valentine</t>
+        </is>
+      </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>93335</v>
+        <v>93327</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint André</t>
+          <t>Vitrail de la Communion des Apôtres : saint Matthias</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>93336</v>
+        <v>99617</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jacques le Majeur</t>
+          <t>Vitrail de Saint Boniface</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D84" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>93337</v>
+        <v>93328</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jacques le Mineur</t>
+          <t>Vitrail de la Communion des Apôtres : saint Simon</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>93338</v>
+        <v>99618</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Barthélemy</t>
+          <t>Vitrail des attributs de la papauté</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D86" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>93339</v>
+        <v>93329</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Jude Thaddée</t>
+          <t>Vitrail de la Communion des Apôtres : saint Matthieu l’Evangéliste</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>93340</v>
+        <v>99619</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : l’Annonciation</t>
+          <t>Vitrail de Saint Jean-Marie Baptiste Vianney, curé d’Ars</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D88" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>93341</v>
+        <v>93330</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : la Nativité</t>
+          <t>Vitrail de la Communion des Apôtres : saint Philippe</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>93342</v>
+        <v>99620</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : la Visitation</t>
+          <t>Vitrail de Sainte Thérèse de l’Enfant-Jésus</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D90" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Huygens,  Gabriel</t>
+        </is>
+      </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1940</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>93343</v>
+        <v>93331</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge : le Couronnement de la Vierge</t>
+          <t>Vitrail de la Communion des Apôtres : saint Thomas</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>93344</v>
+        <v>93332</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Martyre de saint Lambert</t>
+          <t>Vitrail de la Communion des Apôtres : saint Pierre</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>93345</v>
+        <v>93333</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : premier jour : Séparation de la lumière et des ténèbres (à gauche)</t>
+          <t>Vitrail de la Communion des Apôtres : Christ eucharistique</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>93346</v>
+        <v>93334</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : deuxième jour : Séparation des eaux du dessus et des eaux du dessous (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jean l’Evangéliste</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>93347</v>
+        <v>93335</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : troisième jour : Séparation de la terre et des eaux et création des plantes (à gauche)</t>
+          <t>Vitrail de la Communion des Apôtres : saint André</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>93348</v>
+        <v>93336</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : quatrième jour : Création des luminaires et des étoiles (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jacques le Majeur</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>93349</v>
+        <v>93337</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : cinquième jour : Création des poissons et des oiseaux (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jacques le Mineur</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>93350</v>
+        <v>93338</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : sixième jour : Création d’Adam et Eve (à gauche)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Barthélemy</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>93351</v>
+        <v>93339</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Création : septième jour : Repos de Dieu (à droite)</t>
+          <t>Vitrail de la Communion des Apôtres : saint Jude Thaddée</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>93352</v>
+        <v>93340</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Les Evangélistes et les Grands Prophètes</t>
+          <t>Episodes de la vie de la Vierge : l’Annonciation</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>93356</v>
+        <v>93341</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Sainte Famille</t>
+          <t>Episodes de la vie de la Vierge : la Nativité</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>99615</v>
+        <v>93342</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Vitraux des anges</t>
+          <t>Episodes de la vie de la Vierge : la Visitation</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>93327</v>
+        <v>42558</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Matthias</t>
+          <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D103" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
+        </is>
+      </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1943</t>
+          <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb, peinture</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique du vitrail</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>99617</v>
+        <v>93343</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Boniface</t>
+          <t>Episodes de la vie de la Vierge : le Couronnement de la Vierge</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>93328</v>
+        <v>93344</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Simon</t>
+          <t>Martyre de saint Lambert</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>99618</v>
+        <v>93345</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Vitrail des attributs de la papauté</t>
+          <t>Vitrail de la Création : premier jour : Séparation de la lumière et des ténèbres (à gauche)</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>93329</v>
+        <v>93346</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Matthieu l’Evangéliste</t>
+          <t>Vitrail de la Création : deuxième jour : Séparation des eaux du dessus et des eaux du dessous (à droite)</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>99619</v>
+        <v>42562</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Saint Jean-Marie Baptiste Vianney, curé d’Ars</t>
+          <t>saint Georges terrassant le dragon</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Huygens,  Gabriel</t>
+          <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb, peinture</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique du vitrail</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>93330</v>
+        <v>93347</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Philippe</t>
+          <t>Vitrail de la Création : troisième jour : Séparation de la terre et des eaux et création des plantes (à gauche)</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>99620</v>
+        <v>93348</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de Sainte Thérèse de l’Enfant-Jésus</t>
+          <t>Vitrail de la Création : quatrième jour : Création des luminaires et des étoiles (à droite)</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1940</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>93331</v>
+        <v>93349</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Thomas</t>
+          <t>Vitrail de la Création : cinquième jour : Création des poissons et des oiseaux (à droite)</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>93332</v>
+        <v>93350</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Vitrail de la Communion des Apôtres : saint Pierre</t>
+          <t>Vitrail de la Création : sixième jour : Création d’Adam et Eve (à gauche)</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>42558</v>
+        <v>93351</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>
+          <t>Vitrail de la Création : septième jour : Repos de Dieu (à droite)</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1938</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>42562</v>
+        <v>93352</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>saint Georges terrassant le dragon</t>
+          <t>Les Evangélistes et les Grands Prophètes</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1938 - 1938</t>
+          <t>1938 - 1943</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>verre, plomb, peinture</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>99624</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Huygens,  Gabriel</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>