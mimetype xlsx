--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -495,225 +495,225 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>100536</v>
+        <v>100583</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bob et Bobette</t>
+          <t>Boule et Bill</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Art Mural,  / Vandersteen, Willy / Paul Geerts</t>
+          <t>Art Mural,  / Roba, Jean</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>100541</v>
+        <v>100536</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Néron </t>
+          <t>Bob et Bobette</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Sleen, Marc / Urbana</t>
+          <t>Art Mural,  / Vandersteen, Willy / Paul Geerts</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100583</v>
+        <v>100541</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Boule et Bill</t>
+          <t>Néron </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Art Mural,  / Roba, Jean</t>
+          <t>Sleen, Marc / Urbana</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>100617</v>
+        <v>100585</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Petit Spirou</t>
+          <t>Le petit Jojo</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Janry,  / Tome,  / Art Mural</t>
+          <t>Urbana,  / André Geerts</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>100585</v>
+        <v>100617</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le petit Jojo</t>
+          <t>Le Petit Spirou</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Urbana,  / André Geerts</t>
+          <t>Janry,  / Tome,  / Art Mural</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
@@ -735,145 +735,145 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>100540</v>
+        <v>100578</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>L'Archange </t>
+          <t>Blondin et Cirage</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Yslaire,  / Art Mural</t>
+          <t>Jijé,  / Art Mural</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100544</v>
+        <v>100540</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Cori le Moussaillon </t>
+          <t>L'Archange </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>de Moor, Bob / Art Mural</t>
+          <t>Yslaire,  / Art Mural</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100578</v>
+        <v>100544</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Blondin et Cirage</t>
+          <t>Cori le Moussaillon </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Jijé,  / Art Mural</t>
+          <t>de Moor, Bob / Art Mural</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
@@ -935,105 +935,105 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>100537</v>
+        <v>100577</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Billy the Cat</t>
+          <t>Le jeune Albert</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Colman, Stéphane / Desberg , Stephen / Urbana</t>
+          <t>Chaland , Yves / Art Mural</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>100577</v>
+        <v>100537</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Le jeune Albert</t>
+          <t>Billy the Cat</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Chaland , Yves / Art Mural</t>
+          <t>Colman, Stéphane / Desberg , Stephen / Urbana</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
@@ -1215,105 +1215,105 @@
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>100603</v>
+        <v>100580</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Martine</t>
+          <t>Odilon Verjus</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Delahaye, Gilbert / Art Mural</t>
+          <t>Art Mural,  / Yann Le Pennetier,  / Verron, Laurent</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>100580</v>
+        <v>100603</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Odilon Verjus</t>
+          <t>Martine</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Art Mural,  / Yann Le Pennetier,  / Verron, Laurent</t>
+          <t>Marlier, Marcel / Delahaye, Gilbert / Art Mural</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
@@ -2135,185 +2135,185 @@
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>100718</v>
+        <v>100784</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Schtroumpfs</t>
+          <t>Lélève Ducobu</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Peyo,  / Urbana</t>
+          <t>Bernard Godi,  / Zidrou,  / L'Atelier 30,  / Falzar</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>100781</v>
+        <v>100785</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Grand Loup qui porte le mouton</t>
+          <t>Tour à Plomb</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Dominique Goblet,  / Urbana</t>
+          <t>Zidrou,  / Bercovici, Philippe / Darasse, Christian / Carine De Brab,  / Serge Ernst,  / E411 (David Evrard),  / Falzar,  / Pé , Frank / Bernard Godi,  / Urbana,  / Turk</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>100784</v>
+        <v>100718</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Lélève Ducobu</t>
+          <t>Les Schtroumpfs</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Bernard Godi,  / Zidrou,  / L'Atelier 30,  / Falzar</t>
+          <t>Peyo,  / Urbana</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>100785</v>
+        <v>100781</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Tour à Plomb</t>
+          <t>Grand Loup qui porte le mouton</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Zidrou,  / Bercovici, Philippe / Darasse, Christian / Carine De Brab,  / Serge Ernst,  / E411 (David Evrard),  / Falzar,  / Pé , Frank / Bernard Godi,  / Urbana,  / Turk</t>
+          <t>Dominique Goblet,  / Urbana</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
@@ -2455,185 +2455,185 @@
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>100808</v>
+        <v>100790</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Yasmina</t>
+          <t>Petit Poilu</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Mannaert, Wauter / Farm Prod</t>
+          <t>Bailly , Pierre / Céline Fraipont,  / Urbana</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>64708</v>
+        <v>100808</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Anges</t>
+          <t>Yasmina</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Glowinski, Vincent / Entropie Production,  / (Vincent Glowinski), BONOM</t>
+          <t>Mannaert, Wauter / Farm Prod</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale, oeuvre d'art en espace public</t>
+          <t>fresque</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>100726</v>
+        <v>64708</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Crocodiles </t>
+          <t>Anges</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Parcours BD - Ville de Bruxelles</t>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Juliette Boutant,  / Mathieu, Thomas / Urbana</t>
+          <t>Glowinski, Vincent / Entropie Production,  / (Vincent Glowinski), BONOM</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>fresque</t>
+          <t>peinture monumentale, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>peinture acrylique</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>100790</v>
+        <v>100726</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Petit Poilu</t>
+          <t>Crocodiles </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Bailly , Pierre / Céline Fraipont,  / Urbana</t>
+          <t>Juliette Boutant,  / Mathieu, Thomas / Urbana</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>2020 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
@@ -2975,154 +2975,154 @@
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>101186</v>
+        <v>100241</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Ernest et Célestine</t>
+          <t>Constant Montald </t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Parcours BD - Ville de Bruxelles</t>
+          <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Vincent, Gabrielle / Urbana</t>
+          <t>Oreopoulos, Georges</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
-      <c r="F72" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>101187</v>
+        <v>101186</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Le Grand Vide</t>
+          <t>Ernest et Célestine</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Murawiec, Léa / L'Atelier 30</t>
+          <t>Vincent, Gabrielle / Urbana</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>100241</v>
+        <v>101187</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Constant Montald </t>
+          <t>Le Grand Vide</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Woluwe-Saint-Lambert</t>
+          <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Oreopoulos, Georges</t>
+          <t>Murawiec, Léa / L'Atelier 30</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
-      <c r="F74" s="2"/>
-      <c r="G74" s="2"/>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <t>fresque</t>
+        </is>
+      </c>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique</t>
+        </is>
+      </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>