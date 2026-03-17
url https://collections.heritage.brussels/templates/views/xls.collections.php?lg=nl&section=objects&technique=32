--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -288,51 +288,51 @@
           <t>verre</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11369</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>gravé [verre], taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
@@ -360,51 +360,51 @@
           <t>verre</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravé [verre]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>11372</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>gravé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">