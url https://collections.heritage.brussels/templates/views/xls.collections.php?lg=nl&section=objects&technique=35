--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -715,357 +715,357 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11901</v>
+        <v>11370</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de bouteilles de bières bruxelloises</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>coupe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>caoutchouc, céramique, métal, verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>40567</v>
+        <v>11375</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les Hippocampes</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Knabel, Hans</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1903</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>40574</v>
+        <v>11376</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Fonds marins</t>
+          <t>verres</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>or, verre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>40576</v>
+        <v>11901</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Hippocampe</t>
+          <t>Ensemble de bouteilles de bières bruxelloises</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Collection Gillion Crowet</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Gallé, Émile</t>
+          <t>Brasserie Léopold,  / Vandenheuvel [brasserie],  / Wielemans-Ceupens [brasserie]</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>caoutchouc, céramique, métal, verre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>40603</v>
+        <v>40567</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or et pied brun</t>
+          <t>Les Hippocampes</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Johann Loetz Witwe</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11370</v>
+        <v>40574</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>Fonds marins</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D21" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Gallé, Émile</t>
+        </is>
+      </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>coupe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>taillé [verre], soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11375</v>
+        <v>40576</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>Hippocampe</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Knabel, Hans</t>
+          <t>Gallé, Émile</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11376</v>
+        <v>40603</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>verres</t>
+          <t>Vase irisé or et pied brun</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D23" s="2"/>
+          <t>Collection Gillion Crowet</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Johann Loetz Witwe</t>
+        </is>
+      </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1903</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>or, verre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>doré, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>40605</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Vase bleu et orange</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1906 - 1913</t>
@@ -1147,453 +1147,453 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11350</v>
+        <v>11355</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Vase aux perruches</t>
+          <t>Ensemble de 8 verres à sherry</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D27" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11354</v>
+        <v>11356</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Service de verres en cristal</t>
+          <t>Ensemble de 18 coupes à champagne en cristal</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Saint-Louis [cristalleries]</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11355</v>
+        <v>11357</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry</t>
+          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11356</v>
+        <v>11358</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 18 coupes à champagne en cristal</t>
+          <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11357</v>
+        <v>11359</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
+          <t>verre à vin</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11358</v>
+        <v>11360</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 flûtes à champagne torsadées</t>
+          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>ciselé, moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11359</v>
+        <v>11361</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>verre à vin</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>métal, cristal</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11360</v>
+        <v>11366</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
+          <t>seau à glace</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11361</v>
+        <v>11372</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>métal, cristal</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>gravé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11366</v>
+        <v>11350</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>seau à glace</t>
+          <t>Vase aux perruches</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D36" s="2"/>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Lalique, René</t>
+        </is>
+      </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11372</v>
+        <v>11354</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>Service de verres en cristal</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Saint-Louis [cristalleries]</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre], soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>75280</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Poisson en verre soufflé </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1950 - 1957</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>