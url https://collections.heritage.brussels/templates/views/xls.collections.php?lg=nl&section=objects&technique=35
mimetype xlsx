--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -224,159 +224,159 @@
           <t>objets archéologiques, objet de puériculture, objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>11371</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>11369</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>gravé [verre], taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11367</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>coupe à fruits</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>11368</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Paire de bocaux à sucre en cristal</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>sucrier</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
@@ -515,336 +515,336 @@
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>40601</v>
+        <v>40606</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé jaune et bleu</t>
+          <t>Vase irisé or pied brun</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>40602</v>
+        <v>40608</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé évasé</t>
+          <t>Vases irisés jaune et orange</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>40606</v>
+        <v>40609</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Vase irisé or pied brun</t>
+          <t>Sans titre. Vases</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>40608</v>
+        <v>40601</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Vases irisés jaune et orange</t>
+          <t>Vase irisé jaune et bleu</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>40609</v>
+        <v>40602</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Sans titre. Vases</t>
+          <t>Vase irisé évasé</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Johann Loetz Witwe</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>11370</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>coupe décorative</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>coupe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>taillé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>11375</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Knabel, Hans</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>11376</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>verres</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>or, verre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
@@ -1147,453 +1147,453 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1909 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11355</v>
+        <v>11350</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry</t>
+          <t>Vase aux perruches</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D27" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Lalique, René</t>
+        </is>
+      </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11356</v>
+        <v>11354</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 18 coupes à champagne en cristal</t>
+          <t>Service de verres en cristal</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Saint-Louis [cristalleries]</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11357</v>
+        <v>11355</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
+          <t>Ensemble de 8 verres à sherry</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11358</v>
+        <v>11356</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 flûtes à champagne torsadées</t>
+          <t>Ensemble de 18 coupes à champagne en cristal</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D30" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Saint-Louis [cristalleries]</t>
+        </is>
+      </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>ciselé, moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11359</v>
+        <v>11357</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>verre à vin</t>
+          <t>Ensemble de 3 flûtes à champagne à pied hexagonal</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11360</v>
+        <v>11358</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
+          <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11361</v>
+        <v>11359</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>verre à vin</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>sonnette de table</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>métal, cristal</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11366</v>
+        <v>11360</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>seau à glace</t>
+          <t>Ensemble de 8 verres à sherry à pieds ronds ou hexagonaux</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>argent, cristal</t>
+          <t>cristal</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11372</v>
+        <v>11361</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>sucrier</t>
+          <t>sonnette de table</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>cristal</t>
+          <t>métal, cristal</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>gravé [verre], soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11350</v>
+        <v>11366</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Vase aux perruches</t>
+          <t>seau à glace</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argent, cristal</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>moulé, soufflé</t>
+          <t>soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11354</v>
+        <v>11372</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Service de verres en cristal</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>sucrier</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>cristal</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>soufflé</t>
+          <t>gravé [verre], soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>75280</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Poisson en verre soufflé </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1950 - 1957</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>