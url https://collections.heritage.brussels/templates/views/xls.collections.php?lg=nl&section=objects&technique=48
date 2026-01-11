--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -179,331 +179,331 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>51534</v>
+        <v>63829</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Pélican</t>
+          <t>Passoire</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>51623</v>
+        <v>63833</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Lot de 5 boîtes à épices </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>63827</v>
+        <v>63837</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bassine à confiture</t>
+          <t>Grande bouilloire</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>bouilloire</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>63829</v>
+        <v>63843</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Passoire</t>
+          <t>Balance Roberval</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>cuivre, fonte</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>63833</v>
+        <v>63849</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Lot de 5 boîtes à épices </t>
+          <t>Balance avec 2 plateaux (Roberval)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>cuivre, métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>63837</v>
+        <v>43792</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Grande bouilloire</t>
+          <t>Casque de l'armée belge</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>bouilloire</t>
+          <t>protection corporelle</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>63843</v>
+        <v>51534</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Balance Roberval</t>
+          <t>Pélican</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...2 lines deleted...]
-      <c r="D8" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>cuivre, fonte</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>cuivré</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>63849</v>
+        <v>51623</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Balance avec 2 plateaux (Roberval)</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...2 lines deleted...]
-      <c r="D9" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cuivre, métal</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>cuivré</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>43792</v>
+        <v>63827</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Casque de l'armée belge</t>
+          <t>Bassine à confiture</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>protection corporelle</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>63861</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Grande bassine</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
@@ -739,121 +739,121 @@
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1001 - 1100</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bois, argent</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>43859</v>
+        <v>30757</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Pieta</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Maison d’Erasme et Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1401 - 1500</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>30757</v>
+        <v>43859</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Pieta</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D20" s="2"/>
+          <t>Maison d’Erasme et Béguinage</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>van der Goes,  Hugo</t>
+        </is>
+      </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1401 - 1500</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>43469</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Saint Joseph avec l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Borman, Jan I</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1475 - 1500</t>
@@ -1119,229 +1119,229 @@
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1600 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>43303</v>
+        <v>11225</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ange priant</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>or, peinture, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>66224</v>
+        <v>30915</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique], doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11225</v>
+        <v>30927</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ange priant</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>or, peinture, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de sculpture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>30915</v>
+        <v>43303</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>30927</v>
+        <v>66224</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D33" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de peinture, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>99458</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>sceptre</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
@@ -1675,112 +1675,112 @@
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1628 - 1628</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>43302</v>
+        <v>30752</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>86704</v>
+        <v>30759</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>30906</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
@@ -1819,112 +1819,112 @@
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>cuivre, ébène</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>30752</v>
+        <v>43302</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>30759</v>
+        <v>86704</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
         <v>86820</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
@@ -2035,132 +2035,132 @@
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1650 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>86705</v>
+        <v>40139</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, doré, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40139</v>
+        <v>40140</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique de repoussage, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>40140</v>
+        <v>86705</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
@@ -2287,617 +2287,617 @@
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>bas-relief</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>70705</v>
+        <v>30929</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la Sainte-Croix, des onze mille vierges et de saint Maximilien</t>
+          <t>sarcophage-reliquaire de la Vierge</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, reliquaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>bronze, ébène</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique d'assemblage</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>30929</v>
+        <v>70705</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>sarcophage-reliquaire de la Vierge</t>
+          <t>Reliquaire de la Sainte-Croix, des onze mille vierges et de saint Maximilien</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire, reliquaire</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bronze, ébène</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>43525</v>
+        <v>30761</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre, or</t>
+          <t>bois, plâtre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de sculpture, doré, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>43642</v>
+        <v>30920</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Anges en adoration</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>40144</v>
+        <v>43642</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Anges en adoration</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cuivre, verre, os, papier, encre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>66323</v>
+        <v>40144</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>cuivre, cuivre, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>66324</v>
+        <v>43525</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>argent, cuivre, or</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>66325</v>
+        <v>66323</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>66326</v>
+        <v>66324</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
+          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>66336</v>
+        <v>66325</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fumeur de pipe</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>66337</v>
+        <v>66326</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
+          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>66338</v>
+        <v>66336</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome</t>
+          <t>Théière en porcelaine à décor de fumeur de pipe</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>66339</v>
+        <v>66337</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
+          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique], doré</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>30920</v>
+        <v>66338</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Vase balustre en faïence à décor polychrome</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D74" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>30761</v>
+        <v>66339</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D75" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, argenté</t>
+          <t>peint, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>95674</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
@@ -3367,81 +3367,81 @@
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1730 - 1770</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>43314</v>
+        <v>40137</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>cartel-reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>bois, cuivre</t>
+          <t>argent, métal, argent, métal</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>43603</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
@@ -3475,121 +3475,121 @@
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>bois, verre, os, encaustique, papier, encre</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>70710</v>
+        <v>43314</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>cartel-reliquaire</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, cuivre</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>40137</v>
+        <v>70710</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D94" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>argent, métal, argent, métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
+          <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
         <v>93411</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>sarcophage-reliquaire de saint Lambert</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
@@ -3695,153 +3695,153 @@
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>43085</v>
+        <v>43084</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>fauteuil de choeur</t>
+          <t>crédence</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>crédence</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois, marbre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique d'assemblage, velours</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>43086</v>
+        <v>43085</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>tabouret de choeur</t>
+          <t>fauteuil de choeur</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>sièges</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>bois, métal</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>43084</v>
+        <v>43086</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>crédence</t>
+          <t>tabouret de choeur</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>crédence</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>bois, marbre</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, technique d'assemblage, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>86797</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Saint Joseph et l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
@@ -4127,193 +4127,193 @@
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1776 - 1776</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>43315</v>
+        <v>31041</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>buste reliquaire</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>reliquaire, buste</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>43558</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>laiton, argent</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>70722</v>
+        <v>43315</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Chaire de vérité</t>
+          <t>buste reliquaire</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>chaire de vérité</t>
+          <t>reliquaire, buste</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>31041</v>
+        <v>70722</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>Chaire de vérité</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D114" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Valckx, Peter</t>
+        </is>
+      </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>chaire de vérité</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, argenté</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>53150</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Ciboire</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
@@ -4347,681 +4347,681 @@
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1800 - 1830</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>pendule</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>43322</v>
+        <v>30910</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, papier, os</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>chromé, technique de fonte</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>43529</v>
+        <v>30917</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D118" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1833</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>40142</v>
+        <v>30616</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Saint Erasme</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>vernis, bois, toile, peinture à l'huile, verre, soie, fil d'argent, fil d'or</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>doré, technique de peinture, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>43067</v>
+        <v>30618</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>bannière de procession</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, cire d'abeille, os</t>
+          <t>bois, soie, fil d'argent, or</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, doré</t>
+          <t>doré, passementerie, broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>70724</v>
+        <v>31042</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Tabouret de choeur</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>peint, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>70791</v>
+        <v>31065</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Enfant Jésus de Prague</t>
+          <t>Bannière avec le Sacré Cœur de Jésus</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>bannière</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>soie, perle, fil de métal, verre, bois, or</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint</t>
+          <t>tissage, broderie, passementerie, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>70853</v>
+        <v>30713</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Chandelier d'autel</t>
+          <t>Saint Hubert</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'autel</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, cuivré</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>70855</v>
+        <v>40142</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>70865</v>
+        <v>43067</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, verre, cire d'abeille, os</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique d'assemblage, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>70693</v>
+        <v>43322</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, verre, papier, os</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>chromé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>30910</v>
+        <v>43529</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>30917</v>
+        <v>70791</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Enfant Jésus de Prague</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Hendrickx, Pierre</t>
+          <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1833</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>30616</v>
+        <v>70853</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Saint Erasme</t>
+          <t>Chandelier d'autel</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>chandelier d'autel</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>vernis, bois, toile, peinture à l'huile, verre, soie, fil d'argent, fil d'or</t>
+          <t>fonte</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de peinture, broderie, tissage</t>
+          <t>technique de fonte, cuivré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>30618</v>
+        <v>70855</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>bannière de procession</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D130" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, fil d'argent, or</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>doré, passementerie, broderie, tissage</t>
+          <t>technique de fonte, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>31042</v>
+        <v>70865</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D131" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>31065</v>
+        <v>70693</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Bannière avec le Sacré Cœur de Jésus</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>bannière</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>soie, perle, fil de métal, verre, bois, or</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>tissage, broderie, passementerie, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>30713</v>
+        <v>70724</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Saint Hubert</t>
+          <t>Tabouret de choeur</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D133" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
         <v>86801</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
           <t>porte-missel</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
@@ -5379,193 +5379,193 @@
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1825 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>43326</v>
+        <v>40138</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>70863</v>
+        <v>43326</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t> baiser de paix</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton, pierre précieuse</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>70864</v>
+        <v>70863</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t> baiser de paix</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D147" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, laiton, pierre précieuse</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, argenté, doré</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>40138</v>
+        <v>70864</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D148" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de fonte, argenté, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
         <v>86877</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
           <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
@@ -5671,189 +5671,189 @@
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1841 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>argent, or</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>30779</v>
+        <v>30778</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F153" s="2"/>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>30780</v>
+        <v>30779</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
-      <c r="F154" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F154" s="2"/>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>30781</v>
+        <v>30780</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>30778</v>
+        <v>30781</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
-      <c r="F156" s="2"/>
+      <c r="F156" s="2" t="inlineStr">
+        <is>
+          <t>objets de culte</t>
+        </is>
+      </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
         <v>30763</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
           <t>châsse-reliquaire de Saint Boniface de Lausanne</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
@@ -5863,577 +5863,577 @@
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1849 - 1849</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>bronze, pin</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>46520</v>
+        <v>30894</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Moules pour dentelle de Ténériffe</t>
+          <t>autel latéral</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D158" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>Leclercq,  A. J.</t>
+        </is>
+      </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
-[...2 lines deleted...]
-      <c r="F158" s="2"/>
+          <t>1850 - 1850</t>
+        </is>
+      </c>
+      <c r="F158" s="2" t="inlineStr">
+        <is>
+          <t>autel</t>
+        </is>
+      </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>marbre, bois</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>30894</v>
+        <v>30895</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
           <t>autel latéral</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Leclercq,  A. J.</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1850 - 1850</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>autel</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>marbre, bois</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>30895</v>
+        <v>46520</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>autel latéral</t>
+          <t>Moules pour dentelle de Ténériffe</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1850</t>
-[...6 lines deleted...]
-      </c>
+          <t>1850 - 1900</t>
+        </is>
+      </c>
+      <c r="F160" s="2"/>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>70764</v>
+        <v>30709</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Autel latéral</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>autel, relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint, doré</t>
+          <t>technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>70766</v>
+        <v>70764</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
           <t>Autel latéral</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>autel, relief</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
+          <t>technique de sculpture, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>70794</v>
+        <v>70766</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Vierge du Sacré-Coeur</t>
+          <t>Autel latéral</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Inconnu (Ecole?)</t>
+          <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>autel, relief</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint</t>
+          <t>technique de sculpture, doré, peint, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>70796</v>
+        <v>70794</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Coeur de Jésus</t>
+          <t>Vierge du Sacré-Coeur</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>70831</v>
+        <v>70796</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Sainte Anne Trinitaire</t>
+          <t>Sacré-Coeur de Jésus</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D165" s="2"/>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>70848</v>
+        <v>70831</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Joseph et l'Enfant Jésus</t>
+          <t>Sainte Anne Trinitaire</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D166" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>70849</v>
+        <v>70848</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Sainte Barbe</t>
+          <t>Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Inconnu (Ecole?)</t>
+          <t>Goyers [frères]</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>86691</v>
+        <v>70849</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Sainte Barbe</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D168" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>30709</v>
+        <v>86691</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, doré</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>93394</v>
+        <v>99708</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Lambert de Liège</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, émail</t>
+          <t>métal, cuivre</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>99708</v>
+        <v>93394</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Reliquaire de saint Lambert de Liège</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>métal, cuivre</t>
+          <t>laiton, verre, émail</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, moulé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
         <v>99710</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
           <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1863 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
@@ -6855,125 +6855,125 @@
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1877 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>autel</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre, laiton, pierre précieuse</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>43534</v>
+        <v>43560</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>43560</v>
+        <v>43534</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
         <v>86694</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
@@ -7527,665 +7527,665 @@
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1884 - 1884</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>43299</v>
+        <v>36904</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Surtout de table</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Firlefijn,  Leopold</t>
+          <t>Van der Stappen,  Charles / Horta, Victor</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1890</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>43536</v>
+        <v>43299</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Wilmotte,  Joseph</t>
+          <t>Firlefijn,  Leopold</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1890</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>36904</v>
+        <v>43536</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Surtout de table</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles / Horta, Victor</t>
+          <t>Wilmotte,  Joseph</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>argenté</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
         <v>87826</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>soie, bambou, métal</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>argenté, sergé, ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>43594</v>
+        <v>30712</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>43650</v>
+        <v>43594</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>43653</v>
+        <v>43650</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D207" s="2"/>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>70941</v>
+        <v>43653</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Sacré Coeur de Jésus</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>statue, tronc</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>peinture, plâtre, or, pierre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>70943</v>
+        <v>70941</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Sacré Coeur de Jésus</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>statue, tronc</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture, pierre, or</t>
+          <t>peinture, plâtre, or, pierre</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>70945</v>
+        <v>70943</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue, tronc</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>marbre, or</t>
+          <t>plâtre, peinture, pierre, or</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de peinture, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>70946</v>
+        <v>70945</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>marbre, or</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>70948</v>
+        <v>70946</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Ange portant un phylactère "domum sacrificii"</t>
+          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Cuypers-Stoltzenberg</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>porte, peinture murale</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>peinture, enduit, or</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>70951</v>
+        <v>70948</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Retable</t>
+          <t>Ange portant un phylactère "domum sacrificii"</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>retable, polyptyque, autel</t>
+          <t>porte, peinture murale</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, or</t>
+          <t>peinture, enduit, or</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture, doré</t>
+          <t>technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>70958</v>
+        <v>70951</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Calvaire</t>
+          <t>Retable</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>retable, polyptyque, autel</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>peinture, bois, or</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>86695</v>
+        <v>70958</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Calvaire</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D215" s="2"/>
+          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
+        </is>
+      </c>
+      <c r="D215" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>30712</v>
+        <v>86695</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
         <v>93438</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
@@ -8367,632 +8367,632 @@
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1892 - 1965</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>papier, cuir, matière colorante, encre</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
           <t>technique de reliure, dessin, peint, technique d'écriture, technique d'impression, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>43546</v>
+        <v>11143</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D223" s="2"/>
+          <t>Hôtel Solvay</t>
+        </is>
+      </c>
+      <c r="D223" s="2" t="inlineStr">
+        <is>
+          <t>Horta, Victor</t>
+        </is>
+      </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1894</t>
+          <t>1894 - 1903</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, bois</t>
+          <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>11143</v>
+        <v>11144</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
           <t>cheminée</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1894 - 1903</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>11144</v>
+        <v>11145</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>plafonnier</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1894 - 1903</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>suspension</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre</t>
+          <t>verre, bronze</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de sculpture</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>11145</v>
+        <v>11146</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>plafonnier</t>
+          <t>lustre </t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1894 - 1903</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
-          <t>suspension</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>verre, bronze</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>11146</v>
+        <v>11148</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>lustre </t>
+          <t>pupitre</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Val Saint-Lambert [cristallerie],  / Horta, Victor</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1894 - 1903</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>pupitre</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>11148</v>
+        <v>43546</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>pupitre</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1903</t>
+          <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>pupitre</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>métal, argent, bois</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>66346</v>
+        <v>11402</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>L'offrande</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Dupagne, Arthur</t>
+          <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1961</t>
+          <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>plâtre, or</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>moulé, doré</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>11402</v>
+        <v>11418</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>11418</v>
+        <v>11433</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>lampadaire</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>couture, tissage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>11433</v>
+        <v>11447</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>porte-serviettes</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Horta, Victor</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1895 - 1903</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>lampadaire</t>
+          <t>porte-linge</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>couture, tissage, doré</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>11447</v>
+        <v>66346</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>porte-serviettes</t>
+          <t>L'offrande</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Horta, Victor</t>
+          <t>Dupagne, Arthur</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1903</t>
+          <t>1895 - 1961</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>porte-linge</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre, or</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
         <v>86706</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
           <t>aigle-lutrin</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>lutrin</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>doré, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>86697</v>
+        <v>80710</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Médaille de l’Inauguration du Monument Anspach le 22 août 1897</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Nesme, Henry</t>
+          <t>Wissaert, Paul</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, perle</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>80710</v>
+        <v>86693</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Médaille de l’Inauguration du Monument Anspach le 22 août 1897</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Wissaert, Paul</t>
+          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>86693</v>
+        <v>86697</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
+          <t>Nesme, Henry</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent, émail, perle</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>43323</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
@@ -9031,117 +9031,117 @@
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1900 - 1975</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>papier, métal, verre, bois</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>argenté, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>105938</v>
+        <v>86759</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir tourelle</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>86759</v>
+        <v>105938</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Ostensoir tourelle</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
         <v>11289</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
           <t>Service en porcelaine à décor de frise de lierre</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Königliche Porzellan-Manufaktur</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
@@ -10223,161 +10223,161 @@
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>43602</v>
+        <v>30666</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>copie d'une coupe de saint Remi</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>66215</v>
+        <v>43602</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative en l'honneur du personnel communal mort pour la patrie -  1914-1918/1940-1945</t>
+          <t>copie d'une coupe de saint Remi</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>30666</v>
+        <v>66215</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Plaque commémorative en l'honneur du personnel communal mort pour la patrie -  1914-1918/1940-1945</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D273" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D273" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1970</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>monument commémoratif</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
         <v>86802</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
           <t>marmite</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>