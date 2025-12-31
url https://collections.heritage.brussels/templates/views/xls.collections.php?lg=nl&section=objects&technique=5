--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -903,328 +903,328 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, fil de métal</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, damas, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>83506</v>
+        <v>73147</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, coton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>passementerie, sergé, damas</t>
+          <t>damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>73135</v>
+        <v>73191</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>coton, fil de métal, carton</t>
+          <t>carton, soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>toile, damas, passementerie</t>
+          <t>passementerie, toile, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>73144</v>
+        <v>73193</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal, carton</t>
+          <t>coton, carton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>73147</v>
+        <v>73196</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>soie, fil d'argent, carton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>damas, passementerie</t>
+          <t>damas, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>73191</v>
+        <v>73199</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>carton, soie</t>
+          <t>soie, coton, carton, fil d'or</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>passementerie, toile, damas</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>73193</v>
+        <v>83506</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>coton, carton</t>
+          <t>fil d'argent, soie, coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>passementerie, sergé, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>73196</v>
+        <v>73135</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, carton</t>
+          <t>coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, broderie, passementerie</t>
+          <t>toile, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>73199</v>
+        <v>73144</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, carton, fil d'or</t>
+          <t>soie, coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>88622</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>