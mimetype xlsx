--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -719,117 +719,117 @@
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>damas, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>88286</v>
+        <v>58552</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>soie, bois, os</t>
+          <t>soie, os, bois</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
+          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>58552</v>
+        <v>88286</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Ombrelle marquise</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1840 - 1870</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie, os, bois</t>
+          <t>soie, bois, os</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>taffetas, technique de sculpture, damas, passementerie, moiré</t>
+          <t>technique de sculpture, passementerie, taffetas, damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>43078</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>bannière de procession</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1850 - 1910</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
@@ -903,495 +903,499 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1869 - 1869</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>bannière</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, fil de métal</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>couture, broderie, damas, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>73147</v>
+        <v>73135</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie, fil de métal</t>
+          <t>coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>damas, passementerie</t>
+          <t>toile, damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>73191</v>
+        <v>73144</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1960</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>carton, soie</t>
+          <t>soie, coton, fil de métal, carton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>passementerie, toile, damas</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>73193</v>
+        <v>73147</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>coton, carton</t>
+          <t>soie, fil de métal</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>damas, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>73196</v>
+        <v>73191</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1940</t>
+          <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie, fil d'argent, carton</t>
+          <t>carton, soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, broderie, passementerie</t>
+          <t>passementerie, toile, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>73199</v>
+        <v>73193</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, carton, fil d'or</t>
+          <t>coton, carton</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>83506</v>
+        <v>73196</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>fil d'argent, soie, coton</t>
+          <t>soie, fil d'argent, carton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>passementerie, sergé, damas</t>
+          <t>damas, toile, broderie, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>73135</v>
+        <v>73199</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1880 - 1960</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>coton, fil de métal, carton</t>
+          <t>soie, coton, carton, fil d'or</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>toile, damas, passementerie</t>
+          <t>damas, toile, passementerie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>73144</v>
+        <v>83506</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Bourse</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1940</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>bourse</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, coton, fil de métal, carton</t>
+          <t>fil d'argent, soie, coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>damas, toile, passementerie</t>
+          <t>passementerie, sergé, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
         <v>88622</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>En-tout-cas</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1891 - 1920</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>canne, ombrelle, parapluie</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>soie, bois, ébène</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>satin, technique de sculpture, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>45504</v>
+        <v>60938</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>damas, moiré</t>
+          <t>damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>60938</v>
+        <v>45504</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>damas</t>
+          <t>damas, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>58618</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Corsage demi-deuil</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1902 - 1903</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>sous-vêtement</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>damas</t>
+          <t>damas, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>37026</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Paul Poiret</t>
+        </is>
+      </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1912 - 1913</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>ensemble de cérémonie, robe de cérémonie</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>damas, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>91036</v>
       </c>
@@ -1455,51 +1459,55 @@
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>damas, velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>58488</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Robe de mariée </t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Hirsch &amp; Cie,  / Dessès, Jean</t>
+        </is>
+      </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1958 - 1958</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>satin, damas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>57635</v>
       </c>