--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -179,245 +179,245 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99667</v>
+        <v>69534</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Trophée: balle à large moulure et au décor incisé</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>doré, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106072</v>
+        <v>51623</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D3" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D3" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106073</v>
+        <v>51534</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Crucifix</t>
+          <t>Pélican</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D4" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69534</v>
+        <v>99667</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle à large moulure et au décor incisé</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>verre, laiton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>doré, gravure en relief sur métal</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>51623</v>
+        <v>106072</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>51534</v>
+        <v>106073</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pélican</t>
+          <t>Crucifix</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>31186</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Reliquaire de la Vraie Croix de Drahmal</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Drahmal,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1001 - 1100</t>
@@ -723,377 +723,377 @@
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1594 - 1595</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>objet funéraire</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>martelé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>51535</v>
+        <v>43301</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Sainte Véronique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>43301</v>
+        <v>51535</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Sainte Véronique</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D18" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1600 - </t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>99709</v>
+        <v>11225</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>Ange priant</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>or, peinture, bois</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>99458</v>
+        <v>30915</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>30915</v>
+        <v>30927</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>30927</v>
+        <v>43303</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11225</v>
+        <v>66224</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Ange priant</t>
+          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D23" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>or, peinture, bois</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de sculpture</t>
+          <t>technique de peinture, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>43303</v>
+        <v>99458</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>66224</v>
+        <v>99709</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Plat à bord festonné en faïence à décor de putto dans un paysage</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, cuit [céramique], doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
         <v>86680</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1605 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
@@ -1355,184 +1355,184 @@
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1628 - 1628</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>30922</v>
+        <v>30752</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>cuivre, ébène</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>30752</v>
+        <v>30759</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>30759</v>
+        <v>30906</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>30906</v>
+        <v>30922</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>cuivre, ébène</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>doré, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>43302</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
@@ -1859,153 +1859,153 @@
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1683 - 1683</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99557</v>
+        <v>30845</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Livre de la Confrérie de Notre-Dame de Lorette</t>
+          <t>Buste de Saint Jean de Matha</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1995</t>
+          <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>manuscrit</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache, encre, peinture</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>doré, peint</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>99602</v>
+        <v>99557</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Transfert de la maison de Notre-Dame de Nazareth à Loreto</t>
+          <t>Livre de la Confrérie de Notre-Dame de Lorette</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
+          <t>1691 - 1995</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>manuscrit</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, gouache, encre, peinture</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, peint</t>
+          <t>doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>30845</v>
+        <v>99602</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Buste de Saint Jean de Matha</t>
+          <t>Transfert de la maison de Notre-Dame de Nazareth à Loreto</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
         <v>30929</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>sarcophage-reliquaire de la Vierge</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
@@ -2039,653 +2039,653 @@
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1700 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire, reliquaire</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>bronze, ébène</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>99704</v>
+        <v>30761</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>bois, plâtre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de sculpture, doré, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>99707</v>
+        <v>30920</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>laiton, métal, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>99234</v>
+        <v>43525</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Console d'applique</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>console</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>bois, marbre</t>
+          <t>argent, cuivre, or</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>99235</v>
+        <v>66323</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D56" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1725</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, doré</t>
+          <t>cuit [céramique], peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>30920</v>
+        <v>66324</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D57" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>30761</v>
+        <v>66325</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D58" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, argenté</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>43525</v>
+        <v>66326</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D59" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre, or</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>66323</v>
+        <v>66336</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Paire de petits bols en porcelaine à décor de fleurs et de papillons</t>
+          <t>Théière en porcelaine à décor de fumeur de pipe</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>66324</v>
+        <v>43642</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fleurs et d'oiseaux</t>
+          <t>Anges en adoration</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>66325</v>
+        <v>66337</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>66326</v>
+        <v>66338</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Potiche en porcelaine à décor de fleurs et au couvercle surmonté d'une figurine</t>
+          <t>Vase balustre en faïence à décor polychrome</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], doré, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>66336</v>
+        <v>66339</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Théière en porcelaine à décor de fumeur de pipe</t>
+          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>bouteille</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>peint, cuit [céramique], doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>43642</v>
+        <v>99234</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Anges en adoration</t>
+          <t>Console d'applique</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>console</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, marbre</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>66337</v>
+        <v>99235</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome de vases fleuris et de chinois musiciens</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1725</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>technique d'assemblage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>66338</v>
+        <v>99704</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Vase balustre en faïence à décor polychrome</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], doré, peint</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>66339</v>
+        <v>99707</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Gourde en faïence à décor polychrome de fleurs, oiseaux et papillons</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>bouteille</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>laiton, métal, or</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>peint, cuit [céramique], doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
         <v>86798</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Pélican nourrissant ses petit</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
@@ -3811,81 +3811,81 @@
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1800 - 1830</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>pendule</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>99240</v>
+        <v>43067</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Miroir</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>miroir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>métal, verre, cire d'abeille, os</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage</t>
+          <t>technique d'assemblage, peint, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>30917</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Hendrickx, Pierre</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1801 - 1833</t>
@@ -4031,117 +4031,117 @@
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>43067</v>
+        <v>70693</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, cire d'abeille, os</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>70693</v>
+        <v>99240</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>Miroir</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>miroir</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>70724</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Tabouret de choeur</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
@@ -4291,107 +4291,107 @@
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1808 - </t>
         </is>
       </c>
       <c r="F113" s="2"/>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>99543</v>
+        <v>43295</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>43295</v>
+        <v>99543</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
         <v>86698</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
@@ -4475,184 +4475,184 @@
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1825 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>99613</v>
+        <v>43326</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>99614</v>
+        <v>99613</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Chandelier d'église</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>99706</v>
+        <v>99614</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chandelier d'église</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1841 - </t>
+          <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>43326</v>
+        <v>99706</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1841 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
         <v>86877</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
@@ -6559,513 +6559,513 @@
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>argent, or</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>105936</v>
+        <v>43650</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D173" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>43650</v>
+        <v>43653</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D174" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>43653</v>
+        <v>105936</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>70941</v>
+        <v>86695</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Sacré Coeur de Jésus</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1910</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>statue, tronc</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>peinture, plâtre, or, pierre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>70943</v>
+        <v>70941</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l'Enfant Jésus</t>
+          <t>Sacré Coeur de Jésus</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>statue, tronc</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>plâtre, peinture, pierre, or</t>
+          <t>peinture, plâtre, or, pierre</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, technique de sculpture, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>70945</v>
+        <v>70943</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Saint Joseph et l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue, tronc</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>marbre, or</t>
+          <t>plâtre, peinture, pierre, or</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de peinture, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>70946</v>
+        <v>70945</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1910</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>marbre, or</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>92394</v>
+        <v>70946</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Notre-Dame de la délivrance des âmes du purgatoire</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, ciselé</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>70948</v>
+        <v>92394</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Ange portant un phylactère "domum sacrificii"</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Cuypers-Stoltzenberg</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>porte, peinture murale</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>peinture, enduit, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, doré</t>
+          <t>technique de repoussage, doré, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>70951</v>
+        <v>70948</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Retable</t>
+          <t>Ange portant un phylactère "domum sacrificii"</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>retable, polyptyque, autel</t>
+          <t>porte, peinture murale</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>peinture, bois, or</t>
+          <t>peinture, enduit, or</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de peinture, doré</t>
+          <t>technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>70958</v>
+        <v>70951</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Calvaire</t>
+          <t>Retable</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>retable, polyptyque, autel</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>peinture, or</t>
+          <t>peinture, bois, or</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré, technique de peinture</t>
+          <t>technique de sculpture, technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>86695</v>
+        <v>70958</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Calvaire</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D184" s="2"/>
+          <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture, or</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique de sculpture, doré, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
         <v>43068</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
           <t>Annales de la Congrégation des Enfants de Marie de Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1892 - 1965</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
@@ -7691,201 +7691,201 @@
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>11376</v>
+        <v>11289</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>verres</t>
+          <t>Service en porcelaine à décor de frise de lierre</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D202" s="2"/>
+      <c r="D202" s="2" t="inlineStr">
+        <is>
+          <t>Königliche Porzellan-Manufaktur</t>
+        </is>
+      </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>assiette, service de table</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>or, verre</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>doré, soufflé</t>
+          <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>11404</v>
+        <v>11290</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Le Baiser</t>
+          <t>Assiette à dessert à bord doré</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor / Horta, Victor</t>
+          <t>Etablissements Demeuldre</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>pendule</t>
+          <t>assiette</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage, technique de sculpture</t>
+          <t>doré, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>11289</v>
+        <v>11376</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Service en porcelaine à décor de frise de lierre</t>
+          <t>verres</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D204" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>assiette, service de table</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>or, verre</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>doré, cuit [céramique]</t>
+          <t>doré, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>11290</v>
+        <v>11404</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Assiette à dessert à bord doré</t>
+          <t>Le Baiser</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Etablissements Demeuldre</t>
+          <t>Rousseau,  Victor / Horta, Victor</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>assiette</t>
+          <t>pendule</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>doré, cuit [céramique]</t>
+          <t>doré, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
         <v>88163</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
           <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
@@ -8039,151 +8039,151 @@
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1908 - 1908</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>laiton, argent, émail</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>doré, technique des métaux, technique des métaux, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>95722</v>
+        <v>95713</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Autel dédié à Notre-Dame du Perpétuel Secours</t>
+          <t>Apparition de la Vierge à l’Enfant à sainte Thérèse de Lisieux</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
-      <c r="D211" s="2"/>
+      <c r="D211" s="2" t="inlineStr">
+        <is>
+          <t>Vandecapelle,  Camille</t>
+        </is>
+      </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>bas-relief</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>pierre, bois, peinture</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique d'assemblage, technique de peinture, doré</t>
+          <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>95703</v>
+        <v>95722</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>Autel dédié à Notre-Dame du Perpétuel Secours</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
-      <c r="D212" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>chemin de croix</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>pierre, bois, peinture</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, doré</t>
+          <t>technique de sculpture, technique d'assemblage, technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>95713</v>
+        <v>95703</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Apparition de la Vierge à l’Enfant à sainte Thérèse de Lisieux</t>
+          <t>chemin de croix</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Vandecapelle,  Camille</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1912 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>bas-relief</t>
+          <t>chemin de croix</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
         <v>77945</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
           <t>Drapeau "Cercle Aidons les Militaires Invalides et Nécessiteux"</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>