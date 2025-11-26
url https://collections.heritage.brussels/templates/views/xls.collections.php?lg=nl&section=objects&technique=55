--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H433"/>
+  <dimension ref="A1:H437"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,404 +179,404 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99646</v>
+        <v>99640</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99640</v>
+        <v>99646</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69514</v>
+        <v>69512</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69516</v>
+        <v>69514</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69532</v>
+        <v>69516</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Trophée : paire de balles "Prix Royal"</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>76757</v>
+        <v>69532</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Lutrin en cuivre avec la figure des évangélistes sous leur forme allégorique (tétramorphe)</t>
+          <t>Trophée "Prix Royal" : paire de balles de la Société Royale Sablon </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>53077</v>
+        <v>76757</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>Lutrin en cuivre avec la figure des évangélistes sous leur forme allégorique (tétramorphe)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>81541</v>
+        <v>53077</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Arlet &amp; Cie, Victor</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>53103</v>
+        <v>81541</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Arlet &amp; Cie, Victor</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>53104</v>
+        <v>53103</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>boite</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>69512</v>
+        <v>53104</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>31186</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Reliquaire de la Vraie Croix de Drahmal</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Drahmal,</t>
@@ -695,3357 +695,3361 @@
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1491 - 1500</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>or, argent</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>77162</v>
+        <v>52699</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Trois mesures étalon à grain en bronze avec anses en forme de lions</t>
+          <t>Grand plat rond : Adam et Eve</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1570 - </t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>doré, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>88183</v>
+        <v>77162</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Trois mesures étalon à grain en bronze avec anses en forme de lions</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1591 - 1600</t>
+          <t>1570 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>31263</v>
+        <v>88183</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>urne funéraire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale Saints-Michel-et-Gudule</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1594 - 1595</t>
+          <t>1591 - 1600</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>objet funéraire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>martelé, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>43301</v>
+        <v>31263</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>urne funéraire</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1600 - </t>
+          <t>1594 - 1595</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet funéraire</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>martelé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>71276</v>
+        <v>43301</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Bassin en cuivre décoré de godrons </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
-[...2 lines deleted...]
-      <c r="F21" s="2"/>
+          <t>1600 - </t>
+        </is>
+      </c>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>99443</v>
+        <v>71276</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>Bassin en cuivre décoré de godrons </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
-[...6 lines deleted...]
-      </c>
+          <t>1600 - 1699</t>
+        </is>
+      </c>
+      <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>99458</v>
+        <v>99709</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>93403</v>
+        <v>43537</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99709</v>
+        <v>31272</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>Plateau en argent aux poinçons de Mons</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>43537</v>
+        <v>30915</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>30927</v>
+        <v>99443</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>43294</v>
+        <v>30927</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>43303</v>
+        <v>43294</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>31272</v>
+        <v>99458</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Plateau en argent aux poinçons de Mons</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1601 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>30915</v>
+        <v>93403</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>86680</v>
+        <v>43303</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1605 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, doré, technique de repoussage, ciselé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>99436</v>
+        <v>86680</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1613 - </t>
+          <t>1605 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte, doré, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>52709</v>
+        <v>99436</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Louche étalon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de Laeken</t>
+        </is>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1618 - </t>
+          <t>1613 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de fonte, ciselé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>30914</v>
+        <v>52709</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Louche étalon</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D35" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1628 - 1628</t>
+          <t>1618 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>doré, technique de fonte, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>30751</v>
+        <v>30914</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1634 - 1634</t>
+          <t>1628 - 1628</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>30760</v>
+        <v>30751</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>patène</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1634 - 1634</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>patène</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>99437</v>
+        <v>30760</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>patène</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1641 - 1660</t>
+          <t>1634 - 1634</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>patène</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99440</v>
+        <v>30752</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>99445</v>
+        <v>30759</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>99479</v>
+        <v>86704</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>93404</v>
+        <v>86820</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>30752</v>
+        <v>99437</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>30759</v>
+        <v>99440</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>86704</v>
+        <v>99445</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>86820</v>
+        <v>99479</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>43302</v>
+        <v>93404</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>95673</v>
+        <v>43302</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1642 - </t>
+          <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>95655</v>
+        <v>95673</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge aux armes de Ferdinand Reynbouts, seigneur de Stalle (1644-1652)</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1650 - </t>
+          <t>1642 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre fine</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>95656</v>
+        <v>95655</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>Couronne de la Vierge aux armes de Ferdinand Reynbouts, seigneur de Stalle (1644-1652)</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1650 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent, pierre fine</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>30928</v>
+        <v>95656</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1650 - 1650</t>
+          <t>1650 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>écaille, argent, ébène, cuivre</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'assemblage</t>
+          <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>99441</v>
+        <v>30928</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1651 - 1700</t>
+          <t>1650 - 1650</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>écaille, argent, ébène, cuivre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>99444</v>
+        <v>86705</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>86705</v>
+        <v>40139</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, doré, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40139</v>
+        <v>40140</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique de repoussage, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>40140</v>
+        <v>99441</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>46794</v>
+        <v>99444</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
+          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1656 - 1696</t>
-[...2 lines deleted...]
-      <c r="F57" s="2"/>
+          <t>1651 - 1700</t>
+        </is>
+      </c>
+      <c r="F57" s="2" t="inlineStr">
+        <is>
+          <t>reliquaire</t>
+        </is>
+      </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, technique de gravure</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>52752</v>
+        <v>46794</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la corporation des ceinturonniers</t>
+          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1656 - </t>
+          <t>1656 - 1696</t>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>ciselé, technique de repoussage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>30902</v>
+        <v>52752</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Plaque de collier de la corporation des ceinturonniers</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1661 - 1663</t>
-[...6 lines deleted...]
-      </c>
+          <t>1656 - </t>
+        </is>
+      </c>
+      <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>31348</v>
+        <v>30902</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Croix reliquaire</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Nicolas</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1661 - </t>
-[...2 lines deleted...]
-      <c r="F60" s="2"/>
+          <t>1661 - 1663</t>
+        </is>
+      </c>
+      <c r="F60" s="2" t="inlineStr">
+        <is>
+          <t>reliure, livre religieux</t>
+        </is>
+      </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>52747</v>
+        <v>31348</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Aiguière et bassin</t>
+          <t>Croix reliquaire</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Nicolas</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>De Ry, Bartholomeus</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1675 - </t>
+          <t>1661 - </t>
         </is>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>52729</v>
+        <v>52747</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la Gilde de saint Sébastien</t>
+          <t>Aiguière et bassin</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1676 - </t>
+          <t>1675 - </t>
         </is>
       </c>
       <c r="F62" s="2"/>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>47318</v>
+        <v>52729</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers </t>
+          <t>Plaque de collier de la Gilde de saint Sébastien</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D63" s="2"/>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1679 - </t>
+          <t>1676 - </t>
         </is>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>47319</v>
+        <v>47318</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers </t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1682 - </t>
+          <t>1679 - </t>
         </is>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>47320</v>
+        <v>47319</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1682 - </t>
         </is>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>30750</v>
+        <v>47320</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1683 - 1683</t>
-[...6 lines deleted...]
-      </c>
+          <t>1682 - </t>
+        </is>
+      </c>
+      <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>43600</v>
+        <v>30750</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1691 - 1700</t>
+          <t>1683 - 1683</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>30925</v>
+        <v>43600</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>88160</v>
+        <v>30925</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1692 - </t>
+          <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>47321</v>
+        <v>88160</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1696 - </t>
-[...2 lines deleted...]
-      <c r="F70" s="2"/>
+          <t>1692 - </t>
+        </is>
+      </c>
+      <c r="F70" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>36905</v>
+        <v>47321</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
+          <t>Plaque-insigne de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D71" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1698 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1696 - </t>
+        </is>
+      </c>
+      <c r="F71" s="2"/>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>ciselé, martelé</t>
+          <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>99439</v>
+        <v>36905</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
-[...2 lines deleted...]
-      <c r="D72" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Berterham, Jan Baptist / Anonyme</t>
+        </is>
+      </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1698 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>argent, écaille</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>99704</v>
+        <v>105939</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>99442</v>
+        <v>30753</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint François d'Assise</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>99707</v>
+        <v>30764</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>laiton, métal, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>93405</v>
+        <v>99707</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, métal, or</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>95674</v>
+        <v>43525</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>argent, cuivre, or</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>99581</v>
+        <v>88184</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D78" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Van der Elst, Jacobus</t>
+        </is>
+      </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>99611</v>
+        <v>92387</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>30753</v>
+        <v>86822</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, acajou, cuivre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>30764</v>
+        <v>86823</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>88184</v>
+        <v>95674</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>92387</v>
+        <v>43327</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>goupillon</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>86822</v>
+        <v>99581</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>argent, acajou, cuivre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>86823</v>
+        <v>43504</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>43525</v>
+        <v>99611</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre, or</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>30920</v>
+        <v>40143</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>30923</v>
+        <v>40144</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>cuivre, cuivre, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>43327</v>
+        <v>30916</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>goupillon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>43504</v>
+        <v>99439</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, écaille</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>40143</v>
+        <v>30920</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>40144</v>
+        <v>99704</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cuivre, verre, os, papier, encre</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>30916</v>
+        <v>30923</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>99702</v>
+        <v>99442</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Reliquaire de saint François d'Assise</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1711 - </t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>99712</v>
+        <v>93405</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1711 - </t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>99713</v>
+        <v>99712</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>99542</v>
+        <v>99713</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1724 - </t>
+          <t>1711 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>52734</v>
+        <v>99702</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Chocolatière</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1727 - 1730</t>
+          <t>1711 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>52758</v>
+        <v>99542</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Huilier</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1727 - 1730</t>
-[...2 lines deleted...]
-      <c r="F99" s="2"/>
+          <t>1724 - </t>
+        </is>
+      </c>
+      <c r="F99" s="2" t="inlineStr">
+        <is>
+          <t>ciboire</t>
+        </is>
+      </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>ciselé, martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>43530</v>
+        <v>52734</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>ciboire d'administration</t>
+          <t>Chocolatière</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D100" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Van Eesbeeck, Guillielmus</t>
+        </is>
+      </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1730</t>
+          <t>1727 - 1730</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>88181</v>
+        <v>52758</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Huilier</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Wodon,  Nicolas</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1739</t>
-[...6 lines deleted...]
-      </c>
+          <t>1727 - 1730</t>
+        </is>
+      </c>
+      <c r="F101" s="2"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>52753</v>
+        <v>43530</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Trois plats en argent </t>
+          <t>ciboire d'administration</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1734</t>
+          <t>1730 - 1730</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>52733</v>
+        <v>88181</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Bénitier domestique en forme de coquillage </t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Ivens, Petrus Augustinus</t>
+          <t>Wodon,  Nicolas</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1732 - </t>
+          <t>1730 - 1739</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>bénitier</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>52716</v>
+        <v>52753</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Plaque de corporation : Métier des fripiers de Namur</t>
+          <t>Trois plats en argent </t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Petitjean, Jean</t>
+          <t>Timmermans II , Carolus Jr</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1736 - </t>
-[...2 lines deleted...]
-      <c r="F104" s="2"/>
+          <t>1730 - 1734</t>
+        </is>
+      </c>
+      <c r="F104" s="2" t="inlineStr">
+        <is>
+          <t>plat</t>
+        </is>
+      </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, ciselé</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>52738</v>
+        <v>52733</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Théière</t>
+          <t>Bénitier domestique en forme de coquillage </t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D105" s="2"/>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Ivens, Petrus Augustinus</t>
+        </is>
+      </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1740 - 1742</t>
+          <t>1732 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>théière</t>
+          <t>bénitier</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>99703</v>
+        <v>52716</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Plaque de corporation : Métier des fripiers de Namur</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D106" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Petitjean, Jean</t>
+        </is>
+      </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1741 - 1760</t>
-[...6 lines deleted...]
-      </c>
+          <t>1736 - </t>
+        </is>
+      </c>
+      <c r="F106" s="2"/>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>99551</v>
+        <v>99666</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>missel</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1741 - 1760</t>
+          <t>1737 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de reliure, technique de repoussage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>99583</v>
+        <v>52738</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>plateau de collecte</t>
+          <t>Théière</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1741 - 1760</t>
+          <t>1740 - 1742</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>théière</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>30904</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>confessionnal</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
@@ -4151,3181 +4155,3181 @@
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>86824</v>
+        <v>43603</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>cartel-reliquaire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>43603</v>
+        <v>86824</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>cartel-reliquaire</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
         <v>43313</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>argent, verre, papier, os</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>40137</v>
+        <v>99551</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>argent, métal, argent, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>99545</v>
+        <v>40137</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1742 - </t>
+          <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, métal, argent, métal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>43556</v>
+        <v>99583</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>plateau de collecte</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1748 - 1748</t>
+          <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>95741</v>
+        <v>99703</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>95742</v>
+        <v>99545</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1742 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>95743</v>
+        <v>43556</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1748 - 1748</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>95744</v>
+        <v>30907</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D122" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Van Eesbeeck,  Guillielmus</t>
+        </is>
+      </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>30907</v>
+        <v>30908</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Van Eesbeeck,  Guillielmus</t>
+          <t>Ivens, Petrus</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>30908</v>
+        <v>86758</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1750</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>86758</v>
+        <v>95741</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
           <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>83502</v>
+        <v>95742</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Canne</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>canne</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>nacre, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>63276</v>
+        <v>95743</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Boucles de chaussure</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1775</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>accessoire de chaussage</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>99438</v>
+        <v>95744</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1800</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>30911</v>
+        <v>63276</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>canon d'autel</t>
+          <t>Boucles de chaussure</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1751</t>
+          <t>1750 - 1775</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>parement d'autel</t>
+          <t>accessoire de chaussage</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>86804</v>
+        <v>83502</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
+          <t>Canne</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1752 - </t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>canne</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>nacre, or</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>43557</v>
+        <v>30911</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>canon d'autel</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1756 - 1756</t>
+          <t>1751 - 1751</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>parement d'autel</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>43595</v>
+        <v>99438</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Soleil</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1756 - 1756</t>
+          <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>99549</v>
+        <v>86804</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Navette à encens</t>
+          <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1758 - </t>
+          <t>1752 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>93407</v>
+        <v>43557</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1759 - </t>
+          <t>1756 - 1756</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>30938</v>
+        <v>43595</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>clochette</t>
+          <t>Soleil</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1759 - 1759</t>
+          <t>1756 - 1756</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>30755</v>
+        <v>99549</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Navette à encens</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1760 - 1760</t>
+          <t>1758 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>30776</v>
+        <v>30938</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>clochette</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1763 - 1763</t>
-[...2 lines deleted...]
-      <c r="F137" s="2"/>
+          <t>1759 - 1759</t>
+        </is>
+      </c>
+      <c r="F137" s="2" t="inlineStr">
+        <is>
+          <t>objet lié aux autres sacrements</t>
+        </is>
+      </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>30777</v>
+        <v>93407</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1763 - 1763</t>
-[...2 lines deleted...]
-      <c r="F138" s="2"/>
+          <t>1759 - </t>
+        </is>
+      </c>
+      <c r="F138" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>88182</v>
+        <v>30755</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1763 - </t>
+          <t>1760 - 1760</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>43539</v>
+        <v>30776</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>pyxide</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1765</t>
-[...6 lines deleted...]
-      </c>
+          <t>1763 - 1763</t>
+        </is>
+      </c>
+      <c r="F140" s="2"/>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>43553</v>
+        <v>30777</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1765</t>
-[...6 lines deleted...]
-      </c>
+          <t>1763 - 1763</t>
+        </is>
+      </c>
+      <c r="F141" s="2"/>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>52718</v>
+        <v>88182</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Tabatière</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Fonson, Pierre-Joseph</t>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1765 - </t>
+          <t>1763 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>tabatière</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>88185</v>
+        <v>43553</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1766 - </t>
+          <t>1765 - 1765</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>52746</v>
+        <v>43539</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir et moutardier</t>
+          <t>pyxide</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1766 - </t>
-[...2 lines deleted...]
-      <c r="F144" s="2"/>
+          <t>1765 - 1765</t>
+        </is>
+      </c>
+      <c r="F144" s="2" t="inlineStr">
+        <is>
+          <t>objet lié à l'eucharistie</t>
+        </is>
+      </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>52801</v>
+        <v>52718</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir</t>
+          <t>Tabatière</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>De Hondt, Antonius Johannes</t>
+          <t>Fonson, Pierre-Joseph</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1766 - 1766</t>
-[...2 lines deleted...]
-      <c r="F145" s="2"/>
+          <t>1765 - </t>
+        </is>
+      </c>
+      <c r="F145" s="2" t="inlineStr">
+        <is>
+          <t>tabatière</t>
+        </is>
+      </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>52802</v>
+        <v>88185</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Moutardier</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>De Hondt, Antonius Johannes</t>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
-      <c r="F146" s="2"/>
+      <c r="F146" s="2" t="inlineStr">
+        <is>
+          <t>ostensoir</t>
+        </is>
+      </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>52727</v>
+        <v>52746</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Six cuillères à café</t>
+          <t>Saupoudroir et moutardier</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>De Mol, Natalis</t>
+          <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1767 - </t>
+          <t>1766 - </t>
         </is>
       </c>
       <c r="F147" s="2"/>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>93408</v>
+        <v>52801</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Saupoudroir</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D148" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>De Hondt, Antonius Johannes</t>
+        </is>
+      </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1768 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1766 - 1766</t>
+        </is>
+      </c>
+      <c r="F148" s="2"/>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>30903</v>
+        <v>52802</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Moutardier</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D149" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>De Hondt, Antonius Johannes</t>
+        </is>
+      </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1768 - 768</t>
-[...6 lines deleted...]
-      </c>
+          <t>1766 - </t>
+        </is>
+      </c>
+      <c r="F149" s="2"/>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>30909</v>
+        <v>52727</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Six cuillères à café</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D150" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>De Mol, Natalis</t>
+        </is>
+      </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1768 - 1768</t>
-[...6 lines deleted...]
-      </c>
+          <t>1767 - </t>
+        </is>
+      </c>
+      <c r="F150" s="2"/>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>95740</v>
+        <v>30903</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1769 - </t>
+          <t>1768 - 768</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>86806</v>
+        <v>30909</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1769 - </t>
+          <t>1768 - 1768</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>86703</v>
+        <v>93408</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1768 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>30937</v>
+        <v>86806</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D154" s="2"/>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Fonson, Pierre-Joseph</t>
+        </is>
+      </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1770</t>
+          <t>1769 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>52735</v>
+        <v>95740</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Chocolatière ou cafetière pirirforme </t>
+          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1773 - </t>
+          <t>1769 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>69384</v>
+        <v>86703</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Cartel à musique Louis XVI et son socle </t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1825</t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>horloge</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>bronze, laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>ciselé, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>30919</v>
+        <v>30937</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1776 - 1776</t>
+          <t>1770 - 1770</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>40141</v>
+        <v>52735</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chocolatière ou cafetière pirirforme </t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1777 - </t>
+          <t>1773 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>52739</v>
+        <v>69384</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Cafetière sur piédouche</t>
+          <t>Cartel à musique Louis XVI et son socle </t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D159" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1777 - </t>
+          <t>1775 - 1825</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>horloge</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>bronze, laiton</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de sculpture</t>
+          <t>ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>52730</v>
+        <v>30919</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Cafetière piriforme</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1785 - </t>
+          <t>1776 - 1776</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>52744</v>
+        <v>40141</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Cafetière piriforme</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1786 - </t>
+          <t>1777 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>52706</v>
+        <v>52739</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Cafetière de forme persane</t>
+          <t>Cafetière sur piédouche</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Dutalis , Pierre Gabriel Germain</t>
+          <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1777 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>cafetière</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>martelé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>43558</v>
+        <v>52730</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>Cafetière piriforme</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1785 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>86821</v>
+        <v>52744</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>Cafetière piriforme</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D164" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1786 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>30926</v>
+        <v>52706</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Cafetière de forme persane</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D165" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis , Pierre Gabriel Germain</t>
+        </is>
+      </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>30930</v>
+        <v>43558</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>30931</v>
+        <v>86821</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>30708</v>
+        <v>30926</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1797 - 1797</t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>52183</v>
+        <v>30930</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1888</t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique d'estampage, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>99642</v>
+        <v>30931</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>99645</v>
+        <v>30708</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1797 - 1797</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>99705</v>
+        <v>52183</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D172" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D172" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1800 - 1888</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'estampage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>99584</v>
+        <v>30627</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>plateau de quête</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>95738</v>
+        <v>30628</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>99639</v>
+        <v>30912</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Montagny,  Fleury</t>
+          <t>Dupret, Augustinus Josephus</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>30627</v>
+        <v>43507</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>30628</v>
+        <v>43529</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>30912</v>
+        <v>43541</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>88162</v>
+        <v>43542</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>86701</v>
+        <v>88162</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>43541</v>
+        <v>86701</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>43542</v>
+        <v>88188</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Phylactère</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>88188</v>
+        <v>86763</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Phylactère</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>86763</v>
+        <v>86764</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
           <t>chrismatoire</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>86764</v>
+        <v>86801</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>86801</v>
+        <v>92399</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>Baiser de paix de saint Philippe Néri</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>argent, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>43507</v>
+        <v>86825</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>92399</v>
+        <v>43310</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Philippe Néri</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>86825</v>
+        <v>43319</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>43529</v>
+        <v>43498</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>30924</v>
+        <v>99584</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>plateau de quête</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>31042</v>
+        <v>95738</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>43310</v>
+        <v>43505</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>43319</v>
+        <v>99639</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D194" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D194" s="2" t="inlineStr">
+        <is>
+          <t>Montagny,  Fleury</t>
+        </is>
+      </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>43498</v>
+        <v>43506</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>43505</v>
+        <v>40142</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>43506</v>
+        <v>99642</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>40142</v>
+        <v>99645</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
         <v>40172</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
@@ -7363,1212 +7367,1212 @@
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1801 - 1833</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>70693</v>
+        <v>99705</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>70852</v>
+        <v>30924</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Chandelier de procession</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>70865</v>
+        <v>31042</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>52703</v>
+        <v>70693</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1806 - 1817</t>
-[...2 lines deleted...]
-      <c r="F204" s="2"/>
+          <t>1801 - 1810</t>
+        </is>
+      </c>
+      <c r="F204" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>99547</v>
+        <v>70852</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Chandelier de procession</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D205" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D205" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1807 - </t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>43559</v>
+        <v>70865</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D206" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D206" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1807 - 1807</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>64189</v>
+        <v>52703</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
+          <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D207" s="2"/>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1808 - </t>
+          <t>1806 - 1817</t>
         </is>
       </c>
       <c r="F207" s="2"/>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>99543</v>
+        <v>43559</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1814 - 1831</t>
+          <t>1807 - 1807</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>99548</v>
+        <v>99547</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1814 - 1831</t>
+          <t>1807 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>99550</v>
+        <v>64189</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Navette à encens</t>
+          <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1814 - 1831</t>
-[...6 lines deleted...]
-      </c>
+          <t>1808 - </t>
+        </is>
+      </c>
+      <c r="F210" s="2"/>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>99552</v>
+        <v>43520</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>86698</v>
+        <v>43521</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>43520</v>
+        <v>86698</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D213" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D213" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>43521</v>
+        <v>99543</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43295</v>
+        <v>99548</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43317</v>
+        <v>99550</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>S. Petri Apostoli</t>
+          <t>Navette à encens</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>43318</v>
+        <v>43317</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>S. Petri Apostoli</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>43497</v>
+        <v>43318</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>43304</v>
+        <v>99552</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1815 - 1831</t>
+          <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>99553</v>
+        <v>43497</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1820 - </t>
+          <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>99546</v>
+        <v>43295</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1821 - </t>
+          <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>99555</v>
+        <v>43304</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>pierre commémorative</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1821 - </t>
+          <t>1815 - 1831</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>Pierre commémorative</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>30913</v>
+        <v>99553</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D223" s="2"/>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1824 - 1824</t>
+          <t>1820 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>30705</v>
+        <v>99546</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D224" s="2"/>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D224" s="2" t="inlineStr">
+        <is>
+          <t>Heyvaert,  H.</t>
+        </is>
+      </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1825</t>
+          <t>1821 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>70696</v>
+        <v>99555</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession</t>
+          <t>pierre commémorative</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1821 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>Pierre commémorative</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>43300</v>
+        <v>30913</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D226" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D226" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1826 - </t>
+          <t>1824 - 1824</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>40136</v>
+        <v>30705</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
           <t>burettes</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1829 - </t>
+          <t>1825 - 1825</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>burettes</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>40195</v>
+        <v>70696</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Croix de procession</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1829 - </t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>71138</v>
+        <v>43300</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Chauffe-plat argenté</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
+          <t>1826 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>chauffe-plat</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>99540</v>
+        <v>40136</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1829 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>burettes</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>99541</v>
+        <v>40195</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
           <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1829 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>43532</v>
+        <v>71138</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chauffe-plat argenté</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D232" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D232" s="2" t="inlineStr">
+        <is>
+          <t>Maître J.M.</t>
+        </is>
+      </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chauffe-plat</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
         <v>43563</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
           <t>plateau</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
@@ -8607,7579 +8611,7723 @@
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>88146</v>
+        <v>43532</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1870</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>88153</v>
+        <v>88146</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>52731</v>
+        <v>88153</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Coupe de circonstance de la Société des Courses en Belgique</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1834 - </t>
+          <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>52737</v>
+        <v>99540</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Paire de coupes</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1835 - 1836</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>vermeil, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>52757</v>
+        <v>99541</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Coupe avec une peau de lionne </t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>vermeil, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>52756</v>
+        <v>52731</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Coupe avec une peau de lion </t>
+          <t>Coupe de circonstance de la Société des Courses en Belgique</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Dutalis, Joseph Germain</t>
+          <t>Allard, J.</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1836 - </t>
+          <t>1834 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>vermeil, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>30711</v>
+        <v>52737</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Paire de coupes</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D241" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D241" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis, Joseph Germain</t>
+        </is>
+      </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1835 - 1836</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>64188</v>
+        <v>52757</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
+          <t>Coupe avec une peau de lionne </t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Dutalis, Joseph Germain</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>99706</v>
+        <v>52756</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Coupe avec une peau de lion </t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D243" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D243" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis, Joseph Germain</t>
+        </is>
+      </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1841 - </t>
+          <t>1836 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>30714</v>
+        <v>30711</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>30715</v>
+        <v>64188</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D245" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>43326</v>
+        <v>30714</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>40138</v>
+        <v>30715</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>40145</v>
+        <v>43326</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>40146</v>
+        <v>40138</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>70783</v>
+        <v>40145</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Lustre-sac à perles</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cristal</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>70863</v>
+        <v>40146</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t> baiser de paix</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>52702</v>
+        <v>99706</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Truelle  réalisée pour la pose de la Première pierre de l'entrepôt de Bruxelles, le 6 mai 1844</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1844 - </t>
+          <t>1841 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>30778</v>
+        <v>70783</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>Lustre-sac à perles</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Hendrickx,  / Dufour,</t>
+          <t>Inconnu (Ecole?)</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
-[...2 lines deleted...]
-      <c r="F253" s="2"/>
+          <t>1841 - 1860</t>
+        </is>
+      </c>
+      <c r="F253" s="2" t="inlineStr">
+        <is>
+          <t>lustre</t>
+        </is>
+      </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, cristal</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique d'assemblage, technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>30779</v>
+        <v>70863</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t> baiser de paix</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
-[...2 lines deleted...]
-      <c r="F254" s="2"/>
+          <t>1841 - 1860</t>
+        </is>
+      </c>
+      <c r="F254" s="2" t="inlineStr">
+        <is>
+          <t>baiser de paix</t>
+        </is>
+      </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, laiton, pierre précieuse</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>30780</v>
+        <v>52702</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>Truelle  réalisée pour la pose de la Première pierre de l'entrepôt de Bruxelles, le 6 mai 1844</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1845</t>
+          <t>1844 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>monument commémoratif</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>30781</v>
+        <v>30778</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1845 - 1845</t>
         </is>
       </c>
-      <c r="F256" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F256" s="2"/>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>30763</v>
+        <v>30779</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>châsse-reliquaire de Saint Boniface de Lausanne</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Buckens, Gérard / Balat, Alphonse</t>
+          <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1849 - 1849</t>
-[...6 lines deleted...]
-      </c>
+          <t>1845 - 1845</t>
+        </is>
+      </c>
+      <c r="F257" s="2"/>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>bronze, pin</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>99643</v>
+        <v>30780</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D258" s="2"/>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D258" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx,  / Dufour,</t>
+        </is>
+      </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>11795</v>
+        <v>30781</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Hendrickx,  / Dufour,</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1845 - 1845</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>12002</v>
+        <v>30763</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>châsse-reliquaire de Saint Boniface de Lausanne</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D260" s="2"/>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D260" s="2" t="inlineStr">
+        <is>
+          <t>Buckens, Gérard / Balat, Alphonse</t>
+        </is>
+      </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1849 - 1849</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, pin</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>12003</v>
+        <v>11677</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D261" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D261" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>12004</v>
+        <v>11723</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D262" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D262" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>12005</v>
+        <v>11724</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D263" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D263" s="2" t="inlineStr">
+        <is>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>11677</v>
+        <v>11725</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>11723</v>
+        <v>11726</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>11724</v>
+        <v>11784</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Chevalier</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>11725</v>
+        <v>11795</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>11726</v>
+        <v>12002</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>11784</v>
+        <v>12003</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>92391</v>
+        <v>12004</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>99708</v>
+        <v>12005</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>métal, cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>30706</v>
+        <v>92391</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>93389</v>
+        <v>99643</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1900</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>burettes, objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>93390</v>
+        <v>99708</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, cuivre</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>43593</v>
+        <v>30706</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>88157</v>
+        <v>43593</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>86691</v>
+        <v>88157</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>46821</v>
+        <v>93389</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Delheid ,  / Delheid, Michel François</t>
+          <t>Capello-Morel</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1853 - </t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>burettes, objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>52705</v>
+        <v>93390</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Truelle</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Delheid ,  / Delheid, Michel François</t>
+          <t>Capello-Morel</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1853 - </t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>99450</v>
+        <v>86691</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>truelle commémorative</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1854 - </t>
+          <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>outil, Oeuvres mémorielles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>argent, ivoire</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, tourné [bois]</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>95732</v>
+        <v>52705</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Truelle</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Dessain,  H.</t>
+          <t>Delheid ,  / Delheid, Michel François</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1855 - </t>
+          <t>1853 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, cuir, métal</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>43516</v>
+        <v>46821</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D282" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>Delheid ,  / Delheid, Michel François</t>
+        </is>
+      </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1861 - 1866</t>
+          <t>1853 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>61418</v>
+        <v>99450</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Missel de mariage</t>
+          <t>truelle commémorative</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D283" s="2"/>
+          <t>Eglise Notre-Dame de Laeken</t>
+        </is>
+      </c>
+      <c r="D283" s="2" t="inlineStr">
+        <is>
+          <t>Buls, Charles Jacques Corneille / Buls, Charles</t>
+        </is>
+      </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1861 - </t>
+          <t>1854 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>outil, Oeuvres mémorielles</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, métal</t>
+          <t>argent, ivoire</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, ciselé, imprimé</t>
+          <t>technique de repoussage, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>42496</v>
+        <v>95732</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Gaillard,  L.</t>
+          <t>Dessain,  H.</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1862 - </t>
+          <t>1855 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>argent, cuir</t>
+          <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>99710</v>
+        <v>43516</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1863 - </t>
+          <t>1861 - 1866</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>métal, or</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>11905</v>
+        <v>61418</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>alambic</t>
+          <t>Missel de mariage</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1861 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>machines, outils, matériel professionnel</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>fonte, cuivre</t>
+          <t>ivoire, papier, métal</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, martelé</t>
+          <t>technique de sculpture, ciselé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>43526</v>
+        <v>42496</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D287" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D287" s="2" t="inlineStr">
+        <is>
+          <t>Gaillard,  L.</t>
+        </is>
+      </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1862 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuir</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>43527</v>
+        <v>99710</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1863 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, or</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>59539</v>
+        <v>11905</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>alambic</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D289" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D289" s="2" t="inlineStr">
+        <is>
+          <t>Togaert,  J. / Van Genechten,  Louis</t>
+        </is>
+      </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>machines, outils, matériel professionnel</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>fonte, cuivre</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>technique d'assemblage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>43518</v>
+        <v>43526</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1900</t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>52725</v>
+        <v>43527</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1867 - </t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>45962</v>
+        <v>59539</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1939</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>mousseline, ciselé</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>88691</v>
+        <v>43518</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1920</t>
+          <t>1867 - 1900</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>plat de Pessah (Pâque)</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>43522</v>
+        <v>52725</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>burette</t>
+          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1871</t>
+          <t>1867 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>43523</v>
+        <v>45962</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1871</t>
+          <t>1870 - 1939</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>mousseline, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>95675</v>
+        <v>88691</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1872 - </t>
+          <t>1870 - 1920</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plat de Pessah (Pâque)</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>93391</v>
+        <v>43522</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la sainte Croix</t>
+          <t>burette</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D297" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D297" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1871 - 1871</t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>11763</v>
+        <v>43523</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1871 - 1871</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>11764</v>
+        <v>95675</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1872 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>11765</v>
+        <v>11763</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>11767</v>
+        <v>11764</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>43305</v>
+        <v>11765</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>69525</v>
+        <v>11767</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Trophée : trois balles</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D303" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>66245</v>
+        <v>43305</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>Piret,  J. H.</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>66246</v>
+        <v>93391</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Reliquaire de la sainte Croix</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>95737</v>
+        <v>66245</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Jacquillat,  Auguste</t>
+          <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1876 - 1900</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, émail, pierre fine, améthyste</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, doré, technique d'émaillage</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>43533</v>
+        <v>66246</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D307" s="2"/>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1877 - 1877</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>43534</v>
+        <v>69525</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Trophée : trois balles</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D308" s="2"/>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1879</t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>43560</v>
+        <v>95737</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Jacquillat,  Auguste</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1879</t>
+          <t>1876 - 1900</t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent, vermeil, émail, pierre fine, améthyste</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>86694</v>
+        <v>43533</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1877 - 1877</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>11884</v>
+        <v>43560</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D311" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D311" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé, soudé, moulé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>70706</v>
+        <v>43534</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Burette de messe</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Crockaert, Charles</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>vermeil, émail</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>53117</v>
+        <v>86694</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Trophée de la petite balle au tamis</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>43538</v>
+        <v>11884</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1881 - 1881</t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, martelé, soudé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>69513</v>
+        <v>53117</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle « Société du jeu de balle : la Concorde d’Ixelles »</t>
+          <t>Trophée de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D315" s="2"/>
+      <c r="D315" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>11378</v>
+        <v>70706</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>louche</t>
+          <t>Burette de messe</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D316" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Crockaert, Charles</t>
+        </is>
+      </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>couvert de service</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>vermeil, émail</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>43528</v>
+        <v>43538</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1883 - 1883</t>
+          <t>1881 - 1881</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>43535</v>
+        <v>69513</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Trophée: balle « Société du jeu de balle : la Concorde d’Ixelles »</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1884 - 1884</t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>laiton, or</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>88680</v>
+        <v>11378</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Plat de Shabbat ovale, à décors en style Rocaille et bords perlés </t>
+          <t>louche</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1888 - 1920</t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>objet de la religion juive</t>
+          <t>couvert de service</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>43109</v>
+        <v>43528</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>plateau d'offrandes</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Vandevelde,  Félix</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1889 - 1889</t>
+          <t>1883 - 1883</t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>43536</v>
+        <v>43535</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
-      <c r="D321" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D321" s="2"/>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1884 - 1884</t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>laiton, or</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>43299</v>
+        <v>88680</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Plat de Shabbat ovale, à décors en style Rocaille et bords perlés </t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Juif de Belgique</t>
+        </is>
+      </c>
+      <c r="D322" s="2"/>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1890</t>
+          <t>1888 - 1920</t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de la religion juive</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>93438</v>
+        <v>43109</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>plateau d'offrandes</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D323" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D323" s="2" t="inlineStr">
+        <is>
+          <t>Vandevelde,  Félix</t>
+        </is>
+      </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1889 - 1889</t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>95672</v>
+        <v>43536</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D324" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D324" s="2" t="inlineStr">
+        <is>
+          <t>Wilmotte,  Joseph</t>
+        </is>
+      </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>30707</v>
+        <v>43299</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D325" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D325" s="2" t="inlineStr">
+        <is>
+          <t>Firlefijn,  Leopold</t>
+        </is>
+      </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1890 - 1890</t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>30710</v>
+        <v>30707</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>30712</v>
+        <v>30710</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>30756</v>
+        <v>30712</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>43650</v>
+        <v>30756</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D329" s="2"/>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>43653</v>
+        <v>43551</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>43656</v>
+        <v>43552</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>43544</v>
+        <v>43594</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
-      <c r="D332" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D332" s="2"/>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>43545</v>
+        <v>43524</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>43551</v>
+        <v>43650</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D334" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D334" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>43552</v>
+        <v>43653</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>92393</v>
+        <v>43656</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D336" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D336" s="2"/>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1903</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>92394</v>
+        <v>43544</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Bourdon,</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>92400</v>
+        <v>43545</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Joseph</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>92402</v>
+        <v>92393</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D339" s="2"/>
+      <c r="D339" s="2" t="inlineStr">
+        <is>
+          <t>Poussielgue, Rusand &amp; fils [firme]</t>
+        </is>
+      </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1903</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>laiton, vermeil, verre, émail, os</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>43594</v>
+        <v>92394</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D340" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D340" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>92403</v>
+        <v>92400</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>Baiser de paix de saint Joseph</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>baiser de paix</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, verre, émail, os, papier, encre</t>
+          <t>argent, verre, papier, encre</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>43524</v>
+        <v>92402</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, vermeil, verre, émail, os</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>86695</v>
+        <v>92403</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent, verre, émail, os, papier, encre</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>43546</v>
+        <v>93438</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1894</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>seau à eau bénite</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, bois</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>46791</v>
+        <v>95672</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Coupe </t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D345" s="2"/>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>martelé, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>43517</v>
+        <v>86695</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>cuir, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de repoussage</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>43564</v>
+        <v>43546</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent, bois</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>86693</v>
+        <v>43517</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>cuir, or</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique d'impression, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>86697</v>
+        <v>43564</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, perle</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>99774</v>
+        <v>46791</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Pochoir</t>
+          <t>Coupe </t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D350" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
+        </is>
+      </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>martelé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>86759</v>
+        <v>86697</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D351" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D351" s="2" t="inlineStr">
+        <is>
+          <t>Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, perle</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>88698</v>
+        <v>86693</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D352" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
+        <is>
+          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
-[...2 lines deleted...]
-      <c r="F352" s="2"/>
+          <t>1897 - 1910</t>
+        </is>
+      </c>
+      <c r="F352" s="2" t="inlineStr">
+        <is>
+          <t>ciboire</t>
+        </is>
+      </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>43122</v>
+        <v>99774</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
+          <t>Pochoir</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>43306</v>
+        <v>105938</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ostensoir tourelle</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>52787</v>
+        <v>86759</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle et plateau</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>soupière, plateau</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>53078</v>
+        <v>88698</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F356" s="2"/>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>99644</v>
+        <v>43306</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>88163</v>
+        <v>43122</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>92404</v>
+        <v>52787</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>Soupière avec couvercle et plateau</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D359" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D359" s="2" t="inlineStr">
+        <is>
+          <t>Pompe,  Robert</t>
+        </is>
+      </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1950</t>
+          <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>soupière, plateau</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>argenté, technique de repoussage</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>12006</v>
+        <v>53078</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Soupière avec couvercle</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Van Rijswijck-Bogaerts,  Lambert</t>
+          <t>Pompe, Robert</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>soupière</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>42776</v>
+        <v>88163</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>vermeil</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>43311</v>
+        <v>92404</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D362" s="2"/>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>argenté, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>95731</v>
+        <v>99644</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D363" s="2"/>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, cuir, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>36073</v>
+        <v>12006</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
-          <t>Rion, Lucien</t>
+          <t>Van Rijswijck-Bogaerts,  Lambert</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>36085</v>
+        <v>43311</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur de cheminée</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
-          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
-          <t>Rion, Lucien</t>
+          <t>Hellner,  Richard</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>43000</v>
+        <v>42776</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Horloge de cheminée et vases</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1905</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>vase, horloge</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal</t>
+          <t>vermeil</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>66241</v>
+        <v>36073</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Horloge de cheminée et vases</t>
+          <t>Cache-radiateur </t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>horloge</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, métal, verre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>30662</v>
+        <v>36085</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>calice [culte catholique]</t>
+          <t>Cache-radiateur de cheminée</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D368" s="2"/>
+          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
+        </is>
+      </c>
+      <c r="D368" s="2" t="inlineStr">
+        <is>
+          <t>Rion, Lucien</t>
+        </is>
+      </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>1908 - 1908</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, émail</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
-          <t>doré, technique des métaux, technique des métaux, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>70859</v>
+        <v>95731</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>aigle-lutrin</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Beyaert,  Charles</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, martelé</t>
+          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>88161</v>
+        <v>43000</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D370" s="2"/>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>1911 - </t>
+          <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vase, horloge</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, marbre, métal</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>43293</v>
+        <v>66241</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Missalae Romanum</t>
+          <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D371" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D371" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>horloge</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>argent, cuir</t>
+          <t>bronze, marbre, métal, verre</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, technique de fonte, ciselé, technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>77834</v>
+        <v>30662</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Médaillon : portrait du bourgmestre Adolphe Max (1869-1939)</t>
+          <t>calice [culte catholique]</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
+          <t>1908 - 1908</t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>laiton, argent, émail</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>doré, technique des métaux, technique des métaux, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>86696</v>
+        <v>70859</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>aigle-lutrin</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
-          <t>Spoorenberg, J.C.</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, martelé, doré</t>
+          <t>technique de fonte, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>11317</v>
+        <v>88161</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Mère, Clément</t>
+          <t>Haan,  Aloïs Hubertus</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1911 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>parchemin, cuir, ivoire, palissandre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
-          <t>couture, technique de repoussage, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>11351</v>
+        <v>43293</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Paire de lampes en forme de pagode</t>
+          <t>Missalae Romanum</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>bois, cuivre, cristal</t>
+          <t>argent, cuir</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>11353</v>
+        <v>77834</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
+          <t>Médaillon : portrait du bourgmestre Adolphe Max (1869-1939)</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>11358</v>
+        <v>86696</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 flûtes à champagne torsadées</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D377" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>Spoorenberg, J.C.</t>
+        </is>
+      </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
-          <t>ciselé, moulé, soufflé</t>
+          <t>technique de fonte, martelé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>46974</v>
+        <v>11317</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Service à café et à thé avec plateau</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Wolfers Frères [firme]</t>
+          <t>Mère, Clément</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
-          <t>service de table, théière, sucrier, cafetière, plateau</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>argent, palissandre</t>
+          <t>parchemin, cuir, ivoire, palissandre</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de fonte</t>
+          <t>couture, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>39892</v>
+        <v>11351</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Madame Theunis</t>
+          <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D379" s="2"/>
       <c r="E379" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>69517</v>
+        <v>11353</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée </t>
+          <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>ciselé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>95736</v>
+        <v>11358</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de fonte, technique de repoussage</t>
+          <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>69518</v>
+        <v>46974</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>Trophée : trio de balles de la Société Royale l’Espérance </t>
+          <t>Service à café et à thé avec plateau</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D382" s="2"/>
+      <c r="D382" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers Frères [firme]</t>
+        </is>
+      </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>service de table, théière, sucrier, cafetière, plateau</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, palissandre</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de repoussage</t>
+          <t>martelé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>86692</v>
+        <v>39892</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Madame Theunis</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
-          <t>Nesme, Henry</t>
+          <t>Theunis, Pierre</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1964</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>86760</v>
+        <v>69517</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Trophée: balle couronnée </t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1975</t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>86761</v>
+        <v>95736</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Custode des malades</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1975</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>custode</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>technique des métaux, technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>86762</v>
+        <v>69518</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>boîte à hosties</t>
+          <t>Trophée : trio de balles de la Société Royale l’Espérance </t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1975</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>coupe ou boite à hosties</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>doré, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>87999</v>
+        <v>86692</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D387" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D387" s="2" t="inlineStr">
+        <is>
+          <t>Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - 1964</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
-          <t>imprimé, velours, ciselé, toile</t>
+          <t>technique de fonte, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>92396</v>
+        <v>87999</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D388" s="2"/>
       <c r="E388" s="2" t="inlineStr">
         <is>
-          <t>1926 - 1950</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, verre</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte, technique des métaux</t>
+          <t>imprimé, velours, ciselé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>43648</v>
+        <v>86760</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="inlineStr">
         <is>
-          <t>1927 - 1927</t>
+          <t>1925 - 1975</t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>argent, argent, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>42826</v>
+        <v>86761</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Léopold Speekaert</t>
+          <t>Custode des malades</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D390" s="2"/>
       <c r="E390" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1925 - 1975</t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>custode</t>
         </is>
       </c>
       <c r="G390" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H390" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>30693</v>
+        <v>86762</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>boîte à hosties</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1925 - 1975</t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>coupe ou boite à hosties</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>11231</v>
+        <v>92396</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer l'adresse de René Magritte</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D392" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D392" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1980</t>
+          <t>1926 - 1950</t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
-          <t>matériel d'impression</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aluminium</t>
+          <t>argent, vermeil, verre</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage</t>
+          <t>technique de repoussage, technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>11673</v>
+        <v>43648</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D393" s="2"/>
       <c r="E393" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1927 - 1927</t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>argent, argent, verre</t>
         </is>
       </c>
       <c r="H393" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique de repoussage, technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>86699</v>
+        <v>42826</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Portrait du peintre Léopold Speekaert</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D394" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D394" s="2" t="inlineStr">
+        <is>
+          <t>Guaisnet,  Auguste</t>
+        </is>
+      </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>92397</v>
+        <v>11673</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>De Rijck,  Robert</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, cire d'abeille</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>92398</v>
+        <v>30693</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D396" s="2"/>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>argent, perle, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux, doré, technique de sculpture</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>43604</v>
+        <v>11231</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>Planche à imprimer l'adresse de René Magritte</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D397" s="2"/>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1980</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>encre, papier, aluminium</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de repoussage</t>
+          <t>technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>43636</v>
+        <v>43604</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Le baptême du Christ</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
           <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>43637</v>
+        <v>43636</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix</t>
+          <t>Le baptême du Christ</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
           <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>69981</v>
+        <v>43637</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Christ en croix</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>95654</v>
+        <v>86699</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D401" s="2"/>
       <c r="E401" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1950</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>93385</v>
+        <v>92397</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D402" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D402" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent, verre, cire d'abeille</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>93387</v>
+        <v>92398</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D403" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D403" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Charles</t>
+        </is>
+      </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, perle, pierre précieuse</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>martelé, technique des métaux, doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>93388</v>
+        <v>69981</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D404" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D404" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>argent, or, marbre</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>11349</v>
+        <v>93385</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Service argenterie "Mona Lisa"</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D405" s="2"/>
       <c r="E405" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
-          <t>couvert de service</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>43649</v>
+        <v>93387</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>43601</v>
+        <v>93388</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D407" s="2"/>
       <c r="E407" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>ivoire, argent</t>
+          <t>argent, or, marbre</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>30694</v>
+        <v>95654</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D408" s="2"/>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D408" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1936</t>
+          <t>1931 - 1950</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>93382</v>
+        <v>11349</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Pharazyn,  J.</t>
+          <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>couvert de service</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>ciselé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>11762</v>
+        <v>43601</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1963</t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, bois</t>
+          <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>88189</v>
+        <v>43649</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>ostensoir, reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>93383</v>
+        <v>30694</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1936 - 1936</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>92392</v>
+        <v>93382</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>Pharazyn,  J.</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil, pierre précieuse</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>88158</v>
+        <v>11762</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D414" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D414" s="2" t="inlineStr">
+        <is>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>cheveux, carton, métal, cuivre, bois</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>95739</v>
+        <v>93383</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>88159</v>
+        <v>88189</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-reliquaire</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
-          <t>Vandenhoute, Emile</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir, reliquaire</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>86700</v>
+        <v>92392</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
-          <t>Vandenhoute, Emile</t>
+          <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>93384</v>
+        <v>88158</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1950</t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, malachite</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>95735</v>
+        <v>93384</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>Holemans,  Henri</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
-          <t>1945 - </t>
+          <t>1941 - 1950</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, émail</t>
+          <t>argent, vermeil, malachite</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>86805</v>
+        <v>88159</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D420" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D420" s="2" t="inlineStr">
+        <is>
+          <t>Vandenhoute, Emile</t>
+        </is>
+      </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>11232</v>
+        <v>86700</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D421" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D421" s="2" t="inlineStr">
+        <is>
+          <t>Vandenhoute, Emile</t>
+        </is>
+      </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1967</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>11695</v>
+        <v>95739</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D422" s="2"/>
       <c r="E422" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>87064</v>
+        <v>95735</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D423" s="2"/>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D423" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1945 - </t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, vermeil, émail</t>
         </is>
       </c>
       <c r="H423" s="2" t="inlineStr">
         <is>
-          <t>forgé, martelé</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>87071</v>
+        <v>86805</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>87095</v>
+        <v>11695</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, émail</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>43602</v>
+        <v>11232</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>copie d'une coupe de saint Remi</t>
+          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D426" s="2"/>
       <c r="E426" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1967</t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>70851</v>
+        <v>43602</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Chandelier</t>
+          <t>copie d'une coupe de saint Remi</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...2 lines deleted...]
-      <c r="D427" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D427" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>92395</v>
+        <v>87071</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D428" s="2"/>
       <c r="E428" s="2" t="inlineStr">
         <is>
-          <t>1951 - 1975</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>88155</v>
+        <v>87095</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Charles</t>
+          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent, émail</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>103991</v>
+        <v>87064</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], ciselé</t>
+          <t>forgé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>11233</v>
+        <v>70851</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour la couverture du "Bulletin de l'Atelier"</t>
+          <t>Chandelier</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1960</t>
-[...2 lines deleted...]
-      <c r="F431" s="2"/>
+          <t>1950 - </t>
+        </is>
+      </c>
+      <c r="F431" s="2" t="inlineStr">
+        <is>
+          <t>chandelier</t>
+        </is>
+      </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>87070</v>
+        <v>92395</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>croix d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
-          <t>Kervyn de Meerendré, Yves / Bastin, Roger</t>
+          <t>Fervan [firme]</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1951 - 1975</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, poli, martelé</t>
+          <t>technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
+        <v>88155</v>
+      </c>
+      <c r="B433" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
+      <c r="C433" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D433" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Charles</t>
+        </is>
+      </c>
+      <c r="E433" s="2" t="inlineStr">
+        <is>
+          <t>1955 - </t>
+        </is>
+      </c>
+      <c r="F433" s="2" t="inlineStr">
+        <is>
+          <t>calice</t>
+        </is>
+      </c>
+      <c r="G433" s="2" t="inlineStr">
+        <is>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H433" s="2" t="inlineStr">
+        <is>
+          <t>technique de repoussage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="1" t="n">
+        <v>11233</v>
+      </c>
+      <c r="B434" s="2" t="inlineStr">
+        <is>
+          <t>Planche à imprimer pour la couverture du "Bulletin de l'Atelier"</t>
+        </is>
+      </c>
+      <c r="C434" s="2" t="inlineStr">
+        <is>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2" t="inlineStr">
+        <is>
+          <t>1960 - 1960</t>
+        </is>
+      </c>
+      <c r="F434" s="2"/>
+      <c r="G434" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H434" s="2" t="inlineStr">
+        <is>
+          <t>ciselé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="1" t="n">
+        <v>103991</v>
+      </c>
+      <c r="B435" s="2" t="inlineStr">
+        <is>
+          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+        </is>
+      </c>
+      <c r="C435" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D435" s="2"/>
+      <c r="E435" s="2" t="inlineStr">
+        <is>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F435" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G435" s="2" t="inlineStr">
+        <is>
+          <t>terre cuite</t>
+        </is>
+      </c>
+      <c r="H435" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], ciselé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
+      <c r="A436" s="1" t="n">
+        <v>87070</v>
+      </c>
+      <c r="B436" s="2" t="inlineStr">
+        <is>
+          <t>croix d'autel</t>
+        </is>
+      </c>
+      <c r="C436" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D436" s="2" t="inlineStr">
+        <is>
+          <t>Kervyn de Meerendré, Yves / Bastin, Roger</t>
+        </is>
+      </c>
+      <c r="E436" s="2" t="inlineStr">
+        <is>
+          <t>1968 - </t>
+        </is>
+      </c>
+      <c r="F436" s="2" t="inlineStr">
+        <is>
+          <t>croix et calvaire</t>
+        </is>
+      </c>
+      <c r="G436" s="2" t="inlineStr">
+        <is>
+          <t>acier</t>
+        </is>
+      </c>
+      <c r="H436" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte, poli, martelé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
+      <c r="A437" s="1" t="n">
         <v>11885</v>
       </c>
-      <c r="B433" s="2" t="inlineStr">
+      <c r="B437" s="2" t="inlineStr">
         <is>
           <t>Bannière et enseigne de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
-      <c r="C433" s="2" t="inlineStr">
+      <c r="C437" s="2" t="inlineStr">
         <is>
           <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
         </is>
       </c>
-      <c r="D433" s="2" t="inlineStr">
+      <c r="D437" s="2" t="inlineStr">
         <is>
           <t>Institut des arts et métiers,  / Dhaenens-Lammens &amp; Cie,</t>
         </is>
       </c>
-      <c r="E433" s="2" t="inlineStr">
+      <c r="E437" s="2" t="inlineStr">
         <is>
           <t>1998 - 1998</t>
         </is>
       </c>
-      <c r="F433" s="2" t="inlineStr">
+      <c r="F437" s="2" t="inlineStr">
         <is>
           <t>bannière et drapeau</t>
         </is>
       </c>
-      <c r="G433" s="2" t="inlineStr">
+      <c r="G437" s="2" t="inlineStr">
         <is>
           <t>bois, métal, perle</t>
         </is>
       </c>
-      <c r="H433" s="2" t="inlineStr">
+      <c r="H437" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de repoussage, soudé, martelé, broderie, couture, moulé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">