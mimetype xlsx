--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -179,409 +179,409 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99640</v>
+        <v>99646</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99646</v>
+        <v>99640</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69512</v>
+        <v>53077</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69514</v>
+        <v>81541</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D5" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D5" s="2" t="inlineStr">
+        <is>
+          <t>Arlet &amp; Cie, Victor</t>
+        </is>
+      </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69516</v>
+        <v>53103</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>69532</v>
+        <v>53104</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Trophée "Prix Royal" : paire de balles de la Société Royale Sablon </t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>76757</v>
+        <v>69512</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Lutrin en cuivre avec la figure des évangélistes sous leur forme allégorique (tétramorphe)</t>
+          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>53077</v>
+        <v>69514</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>81541</v>
+        <v>69516</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>53103</v>
+        <v>69532</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée "Prix Royal" : paire de balles de la Société Royale Sablon </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>53104</v>
+        <v>76757</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Lutrin en cuivre avec la figure des évangélistes sous leur forme allégorique (tétramorphe)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>31186</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Reliquaire de la Vraie Croix de Drahmal</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Drahmal,</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1001 - 1100</t>
@@ -739,51 +739,51 @@
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>doré, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>77162</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Trois mesures étalon à grain en bronze avec anses en forme de lions</t>
+          <t>Trois mesures étalon à grain en bronze avec anses à têtes de lions</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1570 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
@@ -911,405 +911,405 @@
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>99709</v>
+        <v>99443</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>43537</v>
+        <v>99458</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>31272</v>
+        <v>93403</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Plateau en argent aux poinçons de Mons</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1601 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>30915</v>
+        <v>30927</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>99443</v>
+        <v>43294</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>30927</v>
+        <v>43303</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>43294</v>
+        <v>31272</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>Plateau en argent aux poinçons de Mons</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99458</v>
+        <v>30915</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>93403</v>
+        <v>99709</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>43303</v>
+        <v>43537</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>86680</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1605 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
@@ -1491,400 +1491,400 @@
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1634 - 1634</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>patène</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>30752</v>
+        <v>99437</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>30759</v>
+        <v>99440</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>86704</v>
+        <v>99445</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>86820</v>
+        <v>99479</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>99437</v>
+        <v>93404</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>99440</v>
+        <v>43302</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>99445</v>
+        <v>86704</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99479</v>
+        <v>86820</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>93404</v>
+        <v>30752</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>43302</v>
+        <v>30759</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>95673</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
@@ -1995,356 +1995,356 @@
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1650 - 1650</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>écaille, argent, ébène, cuivre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>86705</v>
+        <v>99441</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>40139</v>
+        <v>99444</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40140</v>
+        <v>40139</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, doré, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>99441</v>
+        <v>40140</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>99444</v>
+        <v>86705</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>46794</v>
+        <v>52752</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque de collier de la corporation des ceinturonniers</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1656 - 1696</t>
+          <t>1656 - </t>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>52752</v>
+        <v>46794</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la corporation des ceinturonniers</t>
+          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1656 - </t>
+          <t>1656 - 1696</t>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>ciselé, technique de repoussage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>30902</v>
+        <v>31348</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Croix reliquaire</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D60" s="2"/>
+          <t>Eglise Saint-Nicolas</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>De Ry, Bartholomeus</t>
+        </is>
+      </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1661 - 1663</t>
-[...6 lines deleted...]
-      </c>
+          <t>1661 - </t>
+        </is>
+      </c>
+      <c r="F60" s="2"/>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>31348</v>
+        <v>30902</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Croix reliquaire</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Nicolas</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1661 - </t>
-[...2 lines deleted...]
-      <c r="F61" s="2"/>
+          <t>1661 - 1663</t>
+        </is>
+      </c>
+      <c r="F61" s="2" t="inlineStr">
+        <is>
+          <t>reliure, livre religieux</t>
+        </is>
+      </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>52747</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Aiguière et bassin</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
@@ -2515,112 +2515,112 @@
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1683 - 1683</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>43600</v>
+        <v>30925</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>30925</v>
+        <v>43600</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1691 - 1700</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
         <v>88160</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
@@ -2695,975 +2695,975 @@
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1698 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>105939</v>
+        <v>99439</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, écaille</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>30753</v>
+        <v>99704</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>30764</v>
+        <v>99442</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Reliquaire de saint François d'Assise</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>99707</v>
+        <v>93405</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>laiton, métal, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>43525</v>
+        <v>95674</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre, or</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>88184</v>
+        <v>99581</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>92387</v>
+        <v>99611</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>86822</v>
+        <v>30920</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>argent, acajou, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>86823</v>
+        <v>30923</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>95674</v>
+        <v>43327</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>goupillon</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>43327</v>
+        <v>43504</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>goupillon</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>99581</v>
+        <v>40143</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>43504</v>
+        <v>40144</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>cuivre, cuivre, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>99611</v>
+        <v>30916</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>40143</v>
+        <v>99707</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
+          <t>laiton, métal, or</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>40144</v>
+        <v>105939</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cuivre, verre, os, papier, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>30916</v>
+        <v>88184</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D89" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Van der Elst, Jacobus</t>
+        </is>
+      </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>99439</v>
+        <v>92387</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>argent, écaille</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>30920</v>
+        <v>86822</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, acajou, cuivre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>99704</v>
+        <v>86823</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>30923</v>
+        <v>43525</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, cuivre, or</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>99442</v>
+        <v>30753</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint François d'Assise</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>93405</v>
+        <v>30764</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>99712</v>
+        <v>99702</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>99713</v>
+        <v>99712</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>99702</v>
+        <v>99713</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>99542</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
@@ -3747,161 +3747,161 @@
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1727 - 1730</t>
         </is>
       </c>
       <c r="F101" s="2"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>43530</v>
+        <v>88181</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>ciboire d'administration</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D102" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Wodon,  Nicolas</t>
+        </is>
+      </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1730</t>
+          <t>1730 - 1739</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>88181</v>
+        <v>52753</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Trois plats en argent </t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Wodon,  Nicolas</t>
+          <t>Timmermans II , Carolus Jr</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1739</t>
+          <t>1730 - 1734</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>52753</v>
+        <v>43530</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Trois plats en argent </t>
+          <t>ciboire d'administration</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1734</t>
+          <t>1730 - 1730</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>52733</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Bénitier domestique en forme de coquillage </t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Ivens, Petrus Augustinus</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1732 - </t>
@@ -4011,431 +4011,431 @@
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1740 - 1742</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>théière</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>30904</v>
+        <v>99703</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>30905</v>
+        <v>99551</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>43554</v>
+        <v>99583</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>plateau de collecte</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>43555</v>
+        <v>43313</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, verre, papier, os</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>43603</v>
+        <v>40137</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, métal, argent, métal</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>86824</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>cartel-reliquaire</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>bois, argent</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>43313</v>
+        <v>43603</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, os</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>99551</v>
+        <v>43554</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>40137</v>
+        <v>43555</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>argent, métal, argent, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>99583</v>
+        <v>30904</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>plateau de collecte</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>99703</v>
+        <v>30905</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>99545</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
@@ -4479,444 +4479,444 @@
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1748 - 1748</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>30907</v>
+        <v>95741</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1750</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>30908</v>
+        <v>95742</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1750</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>86758</v>
+        <v>95743</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>95741</v>
+        <v>95744</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>95742</v>
+        <v>86758</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>95743</v>
+        <v>83502</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>Canne</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>canne</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>nacre, or</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>95744</v>
+        <v>63276</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>Boucles de chaussure</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1775</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>accessoire de chaussage</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>63276</v>
+        <v>30907</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Boucles de chaussure</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Van Eesbeeck,  Guillielmus</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1775</t>
+          <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>accessoire de chaussage</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>83502</v>
+        <v>30908</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Canne</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D130" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Ivens, Petrus</t>
+        </is>
+      </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>canne</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>nacre, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>30911</v>
+        <v>99438</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>canon d'autel</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1751</t>
+          <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>parement d'autel</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>99438</v>
+        <v>30911</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>canon d'autel</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1800</t>
+          <t>1751 - 1751</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>parement d'autel</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
         <v>86804</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
@@ -5027,491 +5027,491 @@
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1758 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>navette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>30938</v>
+        <v>93407</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>clochette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1759 - 1759</t>
+          <t>1759 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>93407</v>
+        <v>30938</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1759 - </t>
+          <t>1759 - 1759</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>30755</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1760 - 1760</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>30776</v>
+        <v>88182</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D140" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
+        </is>
+      </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1763 - 1763</t>
-[...2 lines deleted...]
-      <c r="F140" s="2"/>
+          <t>1763 - </t>
+        </is>
+      </c>
+      <c r="F140" s="2" t="inlineStr">
+        <is>
+          <t>ciboire</t>
+        </is>
+      </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>30777</v>
+        <v>30776</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1763 - 1763</t>
         </is>
       </c>
       <c r="F141" s="2"/>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>88182</v>
+        <v>30777</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1763 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1763 - 1763</t>
+        </is>
+      </c>
+      <c r="F142" s="2"/>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>43553</v>
+        <v>52718</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>Tabatière</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D143" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Fonson, Pierre-Joseph</t>
+        </is>
+      </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1765</t>
+          <t>1765 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>tabatière</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
         <v>43539</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>pyxide</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1765 - 1765</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>52718</v>
+        <v>43553</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Tabatière</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1765 - </t>
+          <t>1765 - 1765</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>tabatière</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
         <v>88185</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Fransquin,  Guillaume Louis Joseph</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>52746</v>
+        <v>52801</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir et moutardier</t>
+          <t>Saupoudroir</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1766 - </t>
+          <t>1766 - 1766</t>
         </is>
       </c>
       <c r="F147" s="2"/>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>52801</v>
+        <v>52802</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir</t>
+          <t>Moutardier</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1766 - 1766</t>
+          <t>1766 - </t>
         </is>
       </c>
       <c r="F148" s="2"/>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>52802</v>
+        <v>52746</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Moutardier</t>
+          <t>Saupoudroir et moutardier</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
       <c r="F149" s="2"/>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
@@ -5535,291 +5535,291 @@
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>De Mol, Natalis</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1767 - </t>
         </is>
       </c>
       <c r="F150" s="2"/>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>30903</v>
+        <v>93408</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1768 - 768</t>
+          <t>1768 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>30909</v>
+        <v>30903</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1768 - 1768</t>
+          <t>1768 - 768</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>93408</v>
+        <v>30909</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1768 - </t>
+          <t>1768 - 1768</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>86806</v>
+        <v>95740</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1769 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>95740</v>
+        <v>86806</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D155" s="2"/>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Fonson, Pierre-Joseph</t>
+        </is>
+      </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1769 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>86703</v>
+        <v>30937</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1770 - 1770</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>30937</v>
+        <v>86703</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1770</t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
         <v>52735</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
           <t>Chocolatière ou cafetière pirirforme </t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
@@ -6051,265 +6051,265 @@
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>cafetière</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>52706</v>
+        <v>30926</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Cafetière de forme persane</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>43558</v>
+        <v>30930</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>86821</v>
+        <v>30931</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>30926</v>
+        <v>86821</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>30930</v>
+        <v>52706</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>Cafetière de forme persane</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D169" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis , Pierre Gabriel Germain</t>
+        </is>
+      </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>30931</v>
+        <v>43558</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>30708</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1797 - 1797</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
@@ -6347,1829 +6347,1829 @@
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1800 - 1888</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>technique d'estampage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>30627</v>
+        <v>99645</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>30628</v>
+        <v>99705</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>30912</v>
+        <v>99584</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>plateau de quête</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>43507</v>
+        <v>95738</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>43529</v>
+        <v>99639</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D177" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D177" s="2" t="inlineStr">
+        <is>
+          <t>Montagny,  Fleury</t>
+        </is>
+      </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>43541</v>
+        <v>99642</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>43542</v>
+        <v>30924</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>88162</v>
+        <v>31042</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>86701</v>
+        <v>43310</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>88188</v>
+        <v>43319</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Phylactère</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>86763</v>
+        <v>43498</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>86764</v>
+        <v>43505</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>86801</v>
+        <v>43506</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>92399</v>
+        <v>40142</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Philippe Néri</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, papier, encre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>86825</v>
+        <v>40172</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>43310</v>
+        <v>30917</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D188" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1833</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>43319</v>
+        <v>86825</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>43498</v>
+        <v>88162</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>99584</v>
+        <v>86701</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>plateau de quête</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>95738</v>
+        <v>88188</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Phylactère</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>43505</v>
+        <v>86763</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>99639</v>
+        <v>86764</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>43506</v>
+        <v>86801</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>40142</v>
+        <v>92399</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Baiser de paix de saint Philippe Néri</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>99642</v>
+        <v>70693</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Calice</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>99645</v>
+        <v>70852</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chandelier de procession</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D198" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D198" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>40172</v>
+        <v>70865</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D199" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D199" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>30917</v>
+        <v>43529</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1833</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>99705</v>
+        <v>43541</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>30924</v>
+        <v>43542</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>31042</v>
+        <v>43507</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>70693</v>
+        <v>30628</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>70852</v>
+        <v>30912</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Chandelier de procession</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Inconnu (Ecole?)</t>
+          <t>Dupret, Augustinus Josephus</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>70865</v>
+        <v>30627</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
         <v>52703</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
           <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1806 - 1817</t>
         </is>
       </c>
       <c r="F207" s="2"/>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>43559</v>
+        <v>99547</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1807 - 1807</t>
+          <t>1807 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>99547</v>
+        <v>43559</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1807 - </t>
+          <t>1807 - 1807</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>64189</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1808 - </t>
         </is>
       </c>
       <c r="F210" s="2"/>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>43520</v>
+        <v>99543</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>43521</v>
+        <v>99548</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>86698</v>
+        <v>99550</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Navette à encens</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>99543</v>
+        <v>99552</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>99548</v>
+        <v>43295</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>99550</v>
+        <v>43317</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Navette à encens</t>
+          <t>S. Petri Apostoli</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>43317</v>
+        <v>43318</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>S. Petri Apostoli</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>43318</v>
+        <v>43497</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>99552</v>
+        <v>86698</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
-[...2 lines deleted...]
-      <c r="D219" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D219" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>43497</v>
+        <v>43520</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>43295</v>
+        <v>43521</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
         <v>43304</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1815 - 1831</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
@@ -8319,117 +8319,117 @@
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1824 - 1824</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>30705</v>
+        <v>70696</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Croix de procession</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1825</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>70696</v>
+        <v>30705</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1825</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
         <v>43300</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1826 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
@@ -8539,287 +8539,287 @@
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>chauffe-plat</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>43563</v>
+        <v>99540</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>43592</v>
+        <v>99541</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>43532</v>
+        <v>88146</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>88146</v>
+        <v>88153</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>88153</v>
+        <v>43532</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1870</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>99540</v>
+        <v>43563</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>99541</v>
+        <v>43592</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
         <v>52731</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Coupe de circonstance de la Société des Courses en Belgique</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
@@ -8951,449 +8951,449 @@
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1836 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>30711</v>
+        <v>64188</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D244" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D244" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>64188</v>
+        <v>30711</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>30714</v>
+        <v>99706</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1841 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>30715</v>
+        <v>43326</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>43326</v>
+        <v>40138</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>40138</v>
+        <v>40145</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>40145</v>
+        <v>40146</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>40146</v>
+        <v>70783</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>Lustre-sac à perles</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D251" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, cristal</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'assemblage, technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>99706</v>
+        <v>70863</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t> baiser de paix</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1841 - </t>
+          <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent, laiton, pierre précieuse</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>70783</v>
+        <v>30714</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Lustre-sac à perles</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cristal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>70863</v>
+        <v>30715</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t> baiser de paix</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
         <v>52702</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t>Truelle  réalisée pour la pose de la Première pierre de l'entrepôt de Bruxelles, le 6 mai 1844</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1844 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
@@ -9583,851 +9583,851 @@
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1849 - 1849</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>bronze, pin</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>11677</v>
+        <v>99643</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>11723</v>
+        <v>92391</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique de repoussage, technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>11724</v>
+        <v>11677</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>11725</v>
+        <v>11723</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>11726</v>
+        <v>11724</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>11784</v>
+        <v>11725</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>11795</v>
+        <v>11726</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>12002</v>
+        <v>11784</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D268" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D268" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>12003</v>
+        <v>11795</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D269" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D269" s="2" t="inlineStr">
+        <is>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>12004</v>
+        <v>12002</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>12005</v>
+        <v>12003</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>92391</v>
+        <v>12004</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>99643</v>
+        <v>12005</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>99708</v>
+        <v>93390</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D274" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>métal, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>30706</v>
+        <v>99708</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, cuivre</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>43593</v>
+        <v>88157</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>88157</v>
+        <v>93389</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D277" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D277" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes, objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>93389</v>
+        <v>86691</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>burettes, objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>93390</v>
+        <v>43593</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D279" s="2"/>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>86691</v>
+        <v>30706</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>52705</v>
+        <v>46821</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Truelle</t>
+          <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Delheid ,  / Delheid, Michel François</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1853 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>46821</v>
+        <v>52705</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
+          <t>Truelle</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Delheid ,  / Delheid, Michel François</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1853 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
@@ -10499,117 +10499,117 @@
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1855 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>livre religieux</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>43516</v>
+        <v>61418</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Missel de mariage</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1861 - 1866</t>
+          <t>1861 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>ivoire, papier, métal</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, ciselé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>61418</v>
+        <v>43516</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Missel de mariage</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1861 - </t>
+          <t>1861 - 1866</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, métal</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, ciselé, imprimé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
         <v>42496</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>reliure</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Gaillard,  L.</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
@@ -10647,85 +10647,81 @@
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1863 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>métal, or</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>11905</v>
+        <v>59539</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>alambic</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D289" s="2"/>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>machines, outils, matériel professionnel</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>fonte, cuivre</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, martelé</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
         <v>43526</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
@@ -10759,229 +10755,233 @@
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>59539</v>
+        <v>11905</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>alambic</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D292" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>Togaert,  J. / Van Genechten,  Louis</t>
+        </is>
+      </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>machines, outils, matériel professionnel</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>fonte, cuivre</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>technique d'assemblage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>43518</v>
+        <v>52725</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D293" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D293" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1900</t>
+          <t>1867 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>52725</v>
+        <v>43518</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D294" s="2"/>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1867 - </t>
+          <t>1867 - 1900</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>45962</v>
+        <v>88691</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1939</t>
+          <t>1870 - 1920</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>plat de Pessah (Pâque)</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>mousseline, ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>88691</v>
+        <v>45962</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1920</t>
+          <t>1870 - 1939</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>plat de Pessah (Pâque)</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>mousseline, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
         <v>43522</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
           <t>burette</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1871 - 1871</t>
@@ -11059,393 +11059,393 @@
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>11763</v>
+        <v>93391</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Reliquaire de la sainte Croix</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>11764</v>
+        <v>43305</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>11765</v>
+        <v>66245</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>11767</v>
+        <v>66246</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>43305</v>
+        <v>69525</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Trophée : trois balles</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D304" s="2"/>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>93391</v>
+        <v>11763</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la sainte Croix</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D305" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D305" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>66245</v>
+        <v>11764</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Piret,  J. H.</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>66246</v>
+        <v>11765</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D307" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D307" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>69525</v>
+        <v>11767</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Trophée : trois balles</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D308" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D308" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
         <v>95737</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Jacquillat,  Auguste</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1876 - 1900</t>
@@ -11487,281 +11487,281 @@
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1877 - 1877</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>43560</v>
+        <v>86694</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1879</t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
         <v>43534</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>86694</v>
+        <v>43560</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>11884</v>
+        <v>53117</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>Trophée de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D314" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D314" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé, soudé, moulé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>53117</v>
+        <v>70706</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Trophée de la petite balle au tamis</t>
+          <t>Burette de messe</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Crockaert, Charles</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>vermeil, émail</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>70706</v>
+        <v>11884</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Burette de messe</t>
+          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D316" s="2"/>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>vermeil, émail</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage, martelé, soudé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
         <v>43538</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1881 - 1881</t>
@@ -11799,121 +11799,121 @@
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>métal, argent</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>11378</v>
+        <v>43528</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>louche</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D319" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1883 - 1883</t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>couvert de service</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>43528</v>
+        <v>11378</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>louche</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1883 - 1883</t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>couvert de service</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
         <v>43535</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1884 - 1884</t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
@@ -11987,413 +11987,421 @@
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1889 - 1889</t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>43536</v>
+        <v>43299</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Wilmotte,  Joseph</t>
+          <t>Firlefijn,  Leopold</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1890</t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>43299</v>
+        <v>43536</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Firlefijn,  Leopold</t>
+          <t>Wilmotte,  Joseph</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1890</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>30707</v>
+        <v>93438</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>30710</v>
+        <v>95672</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>30712</v>
+        <v>92402</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>laiton, vermeil, verre, émail, os</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>30756</v>
+        <v>92403</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, argent, verre, émail, os, papier, encre</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>43551</v>
+        <v>92393</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D330" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D330" s="2" t="inlineStr">
+        <is>
+          <t>Poussielgue, Rusand &amp; fils [firme]</t>
+        </is>
+      </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1903</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>43552</v>
+        <v>92394</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D331" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D331" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>43594</v>
+        <v>92400</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>Baiser de paix de saint Joseph</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>argent, verre, papier, encre</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>43524</v>
+        <v>86695</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
         <v>43650</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
@@ -12543,1205 +12551,1197 @@
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>encensoir</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>92393</v>
+        <v>43551</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D339" s="2"/>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1903</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>92394</v>
+        <v>43552</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D340" s="2"/>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>92400</v>
+        <v>43594</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Joseph</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, encre</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>92402</v>
+        <v>43524</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>laiton, vermeil, verre, émail, os</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>92403</v>
+        <v>30707</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, verre, émail, os, papier, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>93438</v>
+        <v>30710</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>95672</v>
+        <v>30712</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>86695</v>
+        <v>30756</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
         <v>43546</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
           <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>métal, argent, bois</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>43517</v>
+        <v>86697</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D348" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D348" s="2" t="inlineStr">
+        <is>
+          <t>Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>cuir, or</t>
+          <t>argent, émail, perle</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>43564</v>
+        <v>86693</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D349" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D349" s="2" t="inlineStr">
+        <is>
+          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
         <v>46791</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>Coupe </t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>martelé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>86697</v>
+        <v>43517</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, perle</t>
+          <t>cuir, or</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique d'impression, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>86693</v>
+        <v>43564</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D352" s="2"/>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>99774</v>
+        <v>43122</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Pochoir</t>
+          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>105938</v>
+        <v>43306</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>86759</v>
+        <v>99774</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Pochoir</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>88698</v>
+        <v>105938</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Ostensoir tourelle</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
-[...2 lines deleted...]
-      <c r="F356" s="2"/>
+          <t>1900 - </t>
+        </is>
+      </c>
+      <c r="F356" s="2" t="inlineStr">
+        <is>
+          <t>ostensoir</t>
+        </is>
+      </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>43306</v>
+        <v>86759</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>43122</v>
+        <v>88698</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F358" s="2"/>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>52787</v>
+        <v>53078</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle et plateau</t>
+          <t>Soupière avec couvercle</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Pompe,  Robert</t>
+          <t>Pompe, Robert</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>soupière, plateau</t>
+          <t>soupière</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>53078</v>
+        <v>52787</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle</t>
+          <t>Soupière avec couvercle et plateau</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Pompe, Robert</t>
+          <t>Pompe,  Robert</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>soupière</t>
+          <t>soupière, plateau</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>88163</v>
+        <v>99644</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
         <v>92404</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
           <t>chrismatoire</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>argenté, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>99644</v>
+        <v>88163</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>12006</v>
+        <v>42776</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D364" s="2"/>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>vermeil</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
         <v>43311</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
           <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Richard</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1903 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>42776</v>
+        <v>12006</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D366" s="2"/>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D366" s="2" t="inlineStr">
+        <is>
+          <t>Van Rijswijck-Bogaerts,  Lambert</t>
+        </is>
+      </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>vermeil</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>36073</v>
+        <v>95731</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur </t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Rion, Lucien</t>
+          <t>Beyaert,  Charles</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>36085</v>
+        <v>36073</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur de cheminée</t>
+          <t>Cache-radiateur </t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>radiateur</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>95731</v>
+        <v>36085</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Cache-radiateur de cheminée</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Beyaert,  Charles</t>
+          <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, cuir, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
         <v>43000</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
           <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
@@ -14007,273 +14007,273 @@
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
           <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, martelé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>11317</v>
+        <v>39892</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>Madame Theunis</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
-          <t>Mère, Clément</t>
+          <t>Theunis, Pierre</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>parchemin, cuir, ivoire, palissandre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
-          <t>couture, technique de repoussage, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>11351</v>
+        <v>46974</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Paire de lampes en forme de pagode</t>
+          <t>Service à café et à thé avec plateau</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D379" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D379" s="2" t="inlineStr">
+        <is>
+          <t>Wolfers Frères [firme]</t>
+        </is>
+      </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1925</t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>lampe</t>
+          <t>service de table, théière, sucrier, cafetière, plateau</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>bois, cuivre, cristal</t>
+          <t>argent, palissandre</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé, ciselé</t>
+          <t>martelé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>11353</v>
+        <v>11317</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
-      <c r="D380" s="2"/>
+      <c r="D380" s="2" t="inlineStr">
+        <is>
+          <t>Mère, Clément</t>
+        </is>
+      </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>service de table</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>parchemin, cuir, ivoire, palissandre</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage</t>
+          <t>couture, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>11358</v>
+        <v>11351</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 5 flûtes à champagne torsadées</t>
+          <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1970</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>lampe</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>ciselé, moulé, soufflé</t>
+          <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>46974</v>
+        <v>11353</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>Service à café et à thé avec plateau</t>
+          <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D382" s="2"/>
       <c r="E382" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1925</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>service de table, théière, sucrier, cafetière, plateau</t>
+          <t>service de table</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>argent, palissandre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de fonte</t>
+          <t>ciselé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>39892</v>
+        <v>11358</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Madame Theunis</t>
+          <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice Van Buuren</t>
+        </is>
+      </c>
+      <c r="D383" s="2"/>
       <c r="E383" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
         <v>69517</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
           <t>Trophée: balle couronnée </t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
@@ -14643,777 +14643,777 @@
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>11673</v>
+        <v>86699</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D395" s="2"/>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>30693</v>
+        <v>92397</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D396" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D396" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, verre, cire d'abeille</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>11231</v>
+        <v>92398</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer l'adresse de René Magritte</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D397" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D397" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Charles</t>
+        </is>
+      </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1980</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>matériel d'impression</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aluminium</t>
+          <t>argent, perle, pierre précieuse</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage</t>
+          <t>martelé, technique des métaux, doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>43604</v>
+        <v>69981</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de repoussage</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>43636</v>
+        <v>43604</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Le baptême du Christ</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
           <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>43637</v>
+        <v>43636</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix</t>
+          <t>Le baptême du Christ</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
           <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>86699</v>
+        <v>43637</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Christ en croix</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D401" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D401" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>92397</v>
+        <v>30693</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D402" s="2"/>
       <c r="E402" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, cire d'abeille</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>92398</v>
+        <v>11231</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>Planche à imprimer l'adresse de René Magritte</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D403" s="2"/>
       <c r="E403" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1980</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>argent, perle, pierre précieuse</t>
+          <t>encre, papier, aluminium</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux, doré, technique de sculpture</t>
+          <t>technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>69981</v>
+        <v>11673</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Rijck,  Robert</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>93385</v>
+        <v>95654</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D405" s="2"/>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D405" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1931 - 1950</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>93387</v>
+        <v>93385</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>93388</v>
+        <v>93387</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>argent, or, marbre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>95654</v>
+        <v>93388</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D408" s="2"/>
       <c r="E408" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1950</t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent, or, marbre</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>11349</v>
+        <v>43649</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Service argenterie "Mona Lisa"</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Wolfers Frères [firme]</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>couvert de service</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique des métaux</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
         <v>43601</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
           <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
           <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>43649</v>
+        <v>11349</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>couvert de service</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>ciselé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>30694</v>
+        <v>93382</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D412" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D412" s="2" t="inlineStr">
+        <is>
+          <t>Pharazyn,  J.</t>
+        </is>
+      </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1936</t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil, pierre précieuse</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>93382</v>
+        <v>30694</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D413" s="2"/>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1936 - 1936</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
         <v>11762</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
           <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
@@ -15567,201 +15567,201 @@
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>93384</v>
+        <v>95739</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D419" s="2"/>
       <c r="E419" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1950</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, malachite</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>88159</v>
+        <v>93384</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
+          <t>calice holemans</t>
+        </is>
+      </c>
+      <c r="C420" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D420" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
+      <c r="E420" s="2" t="inlineStr">
+        <is>
+          <t>1941 - 1950</t>
+        </is>
+      </c>
+      <c r="F420" s="2" t="inlineStr">
+        <is>
           <t>calice</t>
         </is>
       </c>
-      <c r="C420" s="2" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil, malachite</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>86700</v>
+        <v>88159</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>Vandenhoute, Emile</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>95739</v>
+        <v>86700</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D422" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D422" s="2" t="inlineStr">
+        <is>
+          <t>Vandenhoute, Emile</t>
+        </is>
+      </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
         <v>95735</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
@@ -15799,309 +15799,309 @@
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>11695</v>
+        <v>87064</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D425" s="2"/>
       <c r="E425" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>forgé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>11232</v>
+        <v>87071</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1967</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>43602</v>
+        <v>87095</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>copie d'une coupe de saint Remi</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>métal, argent, émail</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>87071</v>
+        <v>70851</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Chandelier</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>87095</v>
+        <v>43602</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>copie d'une coupe de saint Remi</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, émail</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>87064</v>
+        <v>11232</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1967</t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
-          <t>forgé, martelé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>70851</v>
+        <v>11695</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Chandelier</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...2 lines deleted...]
-      <c r="D431" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D431" s="2" t="inlineStr">
+        <is>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
         <v>92395</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Fervan [firme]</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1951 - 1975</t>
@@ -16143,113 +16143,113 @@
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H433" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>11233</v>
+        <v>103991</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour la couverture du "Bulletin de l'Atelier"</t>
+          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1960</t>
-[...2 lines deleted...]
-      <c r="F434" s="2"/>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F434" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>cuit [céramique], ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>103991</v>
+        <v>11233</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+          <t>Planche à imprimer pour la couverture du "Bulletin de l'Atelier"</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1960 - 1960</t>
+        </is>
+      </c>
+      <c r="F435" s="2"/>
       <c r="G435" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
         <v>87070</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
           <t>croix d'autel</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
           <t>Kervyn de Meerendré, Yves / Bastin, Roger</t>
         </is>
       </c>
       <c r="E436" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>