--- v2 (2026-01-11)
+++ v3 (2026-02-25)
@@ -179,409 +179,409 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99646</v>
+        <v>53103</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D2" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99640</v>
+        <v>53104</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>53077</v>
+        <v>69512</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>81541</v>
+        <v>69514</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La fontaine d'amour</t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>53103</v>
+        <v>69516</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>53104</v>
+        <v>69532</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée "Prix Royal" : paire de balles de la Société Royale Sablon </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>69512</v>
+        <v>76757</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
+          <t>Lutrin en cuivre avec la figure des évangélistes sous leur forme allégorique (tétramorphe)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>69514</v>
+        <v>53077</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>69516</v>
+        <v>81541</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>La fontaine d'amour</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D10" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Arlet &amp; Cie, Victor</t>
+        </is>
+      </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>69532</v>
+        <v>99640</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Trophée "Prix Royal" : paire de balles de la Société Royale Sablon </t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>76757</v>
+        <v>99646</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Lutrin en cuivre avec la figure des évangélistes sous leur forme allégorique (tétramorphe)</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>31186</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Reliquaire de la Vraie Croix de Drahmal</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Drahmal,</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1001 - 1100</t>
@@ -911,395 +911,395 @@
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>99443</v>
+        <v>99709</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>ostensoir-tour</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>99458</v>
+        <v>30915</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>93403</v>
+        <v>30927</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>croix-reliquaire</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>30927</v>
+        <v>43294</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>croix-reliquaire</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>43294</v>
+        <v>43303</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>43303</v>
+        <v>31272</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Plateau en argent aux poinçons de Mons</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>31272</v>
+        <v>43537</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Plateau en argent aux poinçons de Mons</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1601 - </t>
+          <t>1601 - 1650</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>30915</v>
+        <v>99443</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>99709</v>
+        <v>99458</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tour</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>43537</v>
+        <v>93403</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1650</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>86680</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Calice de Philibert de Mol (? - 1637), doyen du chapitre de Sainte-Gudule à Bruxelles</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
@@ -1491,793 +1491,793 @@
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1634 - 1634</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>patène</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99437</v>
+        <v>43302</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>99440</v>
+        <v>30752</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>99445</v>
+        <v>30759</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>99479</v>
+        <v>86704</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>93404</v>
+        <v>86820</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>43302</v>
+        <v>99440</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>86704</v>
+        <v>99445</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>86820</v>
+        <v>99479</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>30752</v>
+        <v>93404</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>30759</v>
+        <v>99437</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1641 - 1660</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>95673</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1642 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>95655</v>
+        <v>30928</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge aux armes de Ferdinand Reynbouts, seigneur de Stalle (1644-1652)</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1650 - </t>
+          <t>1650 - 1650</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre fine</t>
+          <t>écaille, argent, ébène, cuivre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, doré</t>
+          <t>technique de repoussage, doré, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>95656</v>
+        <v>95655</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>Couronne de la Vierge aux armes de Ferdinand Reynbouts, seigneur de Stalle (1644-1652)</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1650 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent, pierre fine</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>30928</v>
+        <v>95656</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1650 - 1650</t>
+          <t>1650 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>écaille, argent, ébène, cuivre</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'assemblage</t>
+          <t>technique de repoussage, technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>99441</v>
+        <v>40139</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>99444</v>
+        <v>40140</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40139</v>
+        <v>86705</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique de repoussage, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>40140</v>
+        <v>99441</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>86705</v>
+        <v>99444</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire du fil miraculeux de Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1651 - 1700</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>52752</v>
+        <v>46794</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la corporation des ceinturonniers</t>
+          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1656 - </t>
+          <t>1656 - 1696</t>
         </is>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>ciselé, technique de repoussage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>46794</v>
+        <v>52752</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque de collier de la corporation des ceinturonniers</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1656 - 1696</t>
+          <t>1656 - </t>
         </is>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
         <v>31348</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Croix reliquaire</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Nicolas</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>De Ry, Bartholomeus</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1661 - </t>
@@ -2674,996 +2674,996 @@
           <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
         <v>36905</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Berterham, Jan Baptist / Anonyme</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1698 - </t>
+          <t>1699 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>99439</v>
+        <v>99707</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>argent, écaille</t>
+          <t>laiton, métal, or</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>99704</v>
+        <v>105939</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>99442</v>
+        <v>43504</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint François d'Assise</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>93405</v>
+        <v>40143</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>95674</v>
+        <v>40144</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>cuivre, cuivre, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>99581</v>
+        <v>30916</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>99611</v>
+        <v>30920</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>30920</v>
+        <v>30923</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>30923</v>
+        <v>43525</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, cuivre, or</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>43327</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>goupillon</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>43504</v>
+        <v>30753</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>40143</v>
+        <v>30764</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>cuivre, grenat, cuivre, grenat, cristal, cire d'abeille, soie, os, parchemin, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage, tissage, broderie, technique d'écriture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>40144</v>
+        <v>88184</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D85" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Van der Elst, Jacobus</t>
+        </is>
+      </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1710</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cuivre, verre, os, papier, encre</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté, technique d'écriture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>30916</v>
+        <v>92387</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lampe d'autel</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lanterne</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>99707</v>
+        <v>86822</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>laiton, métal, or</t>
+          <t>argent, acajou, cuivre</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>105939</v>
+        <v>86823</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Phylactère-reliquaire de saint Antoine de Padoue</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>88184</v>
+        <v>99439</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de Laeken</t>
+        </is>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1710</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent, écaille</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>92387</v>
+        <v>99704</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>lampe d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>lanterne</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>86822</v>
+        <v>99442</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>Reliquaire de saint François d'Assise</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>argent, acajou, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>86823</v>
+        <v>93405</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>43525</v>
+        <v>95674</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre, or</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>30753</v>
+        <v>99581</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>bâton de bedeau</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>30764</v>
+        <v>99611</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>99702</v>
+        <v>99712</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>99712</v>
+        <v>99713</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>99713</v>
+        <v>99702</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1711 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>99542</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
@@ -3747,70 +3747,66 @@
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1727 - 1730</t>
         </is>
       </c>
       <c r="F101" s="2"/>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>88181</v>
+        <v>43530</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ciboire d'administration</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1739</t>
+          <t>1730 - 1730</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>52753</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Trois plats en argent </t>
@@ -3827,66 +3823,70 @@
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1730 - 1734</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>43530</v>
+        <v>88181</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>ciboire d'administration</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D104" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Wodon,  Nicolas</t>
+        </is>
+      </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1730 - 1730</t>
+          <t>1730 - 1739</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>52733</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Bénitier domestique en forme de coquillage </t>
@@ -4011,153 +4011,153 @@
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1740 - 1742</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>théière</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>99703</v>
+        <v>43554</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>99551</v>
+        <v>43555</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>99583</v>
+        <v>43603</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>plateau de collecte</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
         <v>43313</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
@@ -4191,251 +4191,251 @@
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>argent, métal, argent, métal</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté, technique de fonte, technique de repoussage, argenté, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>86824</v>
+        <v>30904</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>cartel-reliquaire</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>43603</v>
+        <v>30905</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>43554</v>
+        <v>86824</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>cartel-reliquaire</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>43555</v>
+        <v>99703</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>30904</v>
+        <v>99551</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>30905</v>
+        <v>99583</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>plateau de collecte</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1741 - 1760</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>99545</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
@@ -4479,444 +4479,444 @@
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1748 - 1748</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>95741</v>
+        <v>30907</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D122" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Van Eesbeeck,  Guillielmus</t>
+        </is>
+      </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>95742</v>
+        <v>30908</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Couronne de l’Enfant Jésus</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D123" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Ivens, Petrus</t>
+        </is>
+      </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1750</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>95743</v>
+        <v>83502</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>globe crucifère</t>
+          <t>Canne</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>canne</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>nacre, or</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>95744</v>
+        <v>63276</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>Boucles de chaussure</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1775</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>accessoire de chaussage</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
         <v>86758</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
           <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>83502</v>
+        <v>95741</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Canne</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>canne</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>nacre, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>63276</v>
+        <v>95742</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Boucles de chaussure</t>
+          <t>Couronne de l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1775</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
-          <t>accessoire de chaussage</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>30907</v>
+        <v>95743</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>globe crucifère</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1750</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>30908</v>
+        <v>95744</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1750</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>99438</v>
+        <v>30911</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>canon d'autel</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de Laeken</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1800</t>
+          <t>1751 - 1751</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>parement d'autel</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>30911</v>
+        <v>99438</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>canon d'autel</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame de Laeken</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1751 - 1751</t>
+          <t>1751 - 1800</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>parement d'autel</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
         <v>86804</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
           <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
@@ -5027,409 +5027,405 @@
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1758 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>navette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>93407</v>
+        <v>30938</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1759 - </t>
+          <t>1759 - 1759</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>30938</v>
+        <v>93407</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>clochette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1759 - 1759</t>
+          <t>1759 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>30755</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1760 - 1760</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>88182</v>
+        <v>30776</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>De Notre Dame</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1763 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1763 - 1763</t>
+        </is>
+      </c>
+      <c r="F140" s="2"/>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>30776</v>
+        <v>30777</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>De Notre Dame</t>
+          <t>de l'Enfant Jésus</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1763 - 1763</t>
         </is>
       </c>
       <c r="F141" s="2"/>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>30777</v>
+        <v>88182</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>de l'Enfant Jésus</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D142" s="2"/>
+          <t>Eglise Sainte-Elisabeth</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
+        </is>
+      </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1763 - 1763</t>
-[...2 lines deleted...]
-      <c r="F142" s="2"/>
+          <t>1763 - </t>
+        </is>
+      </c>
+      <c r="F142" s="2" t="inlineStr">
+        <is>
+          <t>ciboire</t>
+        </is>
+      </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>52718</v>
+        <v>43553</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Tabatière</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1765 - </t>
+          <t>1765 - 1765</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>tabatière</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
         <v>43539</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
           <t>pyxide</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1765 - 1765</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>43553</v>
+        <v>52718</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>Tabatière</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D145" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Fonson, Pierre-Joseph</t>
+        </is>
+      </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1765 - 1765</t>
+          <t>1765 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>tabatière</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>88185</v>
+        <v>52746</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Saupoudroir et moutardier</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Fransquin,  Guillaume Louis Joseph</t>
+          <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
-      <c r="F146" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F146" s="2"/>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
         <v>52801</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>Saupoudroir</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1766 - 1766</t>
@@ -5463,301 +5459,305 @@
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>De Hondt, Antonius Johannes</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
       <c r="F148" s="2"/>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>52746</v>
+        <v>88185</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Saupoudroir et moutardier</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>De Hondt, Antonius Johannes</t>
+          <t>Fransquin,  Guillaume Louis Joseph</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1766 - </t>
         </is>
       </c>
-      <c r="F149" s="2"/>
+      <c r="F149" s="2" t="inlineStr">
+        <is>
+          <t>ostensoir</t>
+        </is>
+      </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
         <v>52727</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
           <t>Six cuillères à café</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>De Mol, Natalis</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1767 - </t>
         </is>
       </c>
       <c r="F150" s="2"/>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>93408</v>
+        <v>30903</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1768 - </t>
+          <t>1768 - 768</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>30903</v>
+        <v>30909</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1768 - 768</t>
+          <t>1768 - 1768</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>30909</v>
+        <v>93408</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1768 - 1768</t>
+          <t>1768 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>95740</v>
+        <v>86806</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
-[...2 lines deleted...]
-      <c r="D154" s="2"/>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Fonson, Pierre-Joseph</t>
+        </is>
+      </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1769 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>86806</v>
+        <v>95740</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Couronne de saint Job, dite des Bouchers de la ville Bruxelles</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1769 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>30937</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1770 - 1770</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
@@ -6051,265 +6051,265 @@
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1786 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>cafetière</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>30926</v>
+        <v>52706</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Cafetière de forme persane</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D165" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>Dutalis , Pierre Gabriel Germain</t>
+        </is>
+      </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1791 - 1800</t>
+          <t>1791 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>cafetière</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>30930</v>
+        <v>43558</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>30931</v>
+        <v>30926</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>86821</v>
+        <v>30930</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>52706</v>
+        <v>30931</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Cafetière de forme persane</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1791 - </t>
+          <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>cafetière</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>43558</v>
+        <v>86821</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1791 - 1800</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>30708</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1797 - 1797</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
@@ -6347,1819 +6347,1819 @@
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1800 - 1888</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>technique d'estampage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>99645</v>
+        <v>43542</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>99705</v>
+        <v>43505</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>99584</v>
+        <v>43506</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>plateau de quête</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>95738</v>
+        <v>40142</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>99639</v>
+        <v>40172</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>99642</v>
+        <v>30917</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D178" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1833</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>30924</v>
+        <v>43507</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>31042</v>
+        <v>30924</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>43310</v>
+        <v>31042</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>43319</v>
+        <v>43529</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>43498</v>
+        <v>43310</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>sceptre</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>43505</v>
+        <v>43319</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>43506</v>
+        <v>43541</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>40142</v>
+        <v>43498</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>sceptre</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>40172</v>
+        <v>30627</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>30917</v>
+        <v>30628</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
-      <c r="D188" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1833</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>86825</v>
+        <v>30912</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
-[...2 lines deleted...]
-      <c r="D189" s="2"/>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Dupret, Augustinus Josephus</t>
+        </is>
+      </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>88162</v>
+        <v>70693</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>86701</v>
+        <v>70852</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>Chandelier de procession</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D191" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>88188</v>
+        <v>70865</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Phylactère</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
-[...2 lines deleted...]
-      <c r="D192" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>86763</v>
+        <v>88162</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>86764</v>
+        <v>86701</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
           <t>chrismatoire</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>86801</v>
+        <v>88188</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>Phylactère</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>92399</v>
+        <v>86763</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Philippe Néri</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, os, papier, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>70693</v>
+        <v>86764</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>70852</v>
+        <v>86801</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Chandelier de procession</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
+        </is>
+      </c>
+      <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>70865</v>
+        <v>92399</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Baiser de paix de saint Philippe Néri</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D199" s="2"/>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, verre, os, papier, encre</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>43529</v>
+        <v>86825</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>43541</v>
+        <v>99705</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1801 - 1810</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>43542</v>
+        <v>99584</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>plateau de quête</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>43507</v>
+        <v>95738</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>30628</v>
+        <v>99639</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...2 lines deleted...]
-      <c r="D204" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Montagny,  Fleury</t>
+        </is>
+      </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>30912</v>
+        <v>99642</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1810</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>30627</v>
+        <v>99645</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
         <v>52703</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
           <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1806 - 1817</t>
         </is>
       </c>
       <c r="F207" s="2"/>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>99547</v>
+        <v>43559</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>insigne de pèlerin</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1807 - </t>
+          <t>1807 - 1807</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>43559</v>
+        <v>99547</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>insigne de pèlerin</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1807 - 1807</t>
+          <t>1807 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
         <v>64189</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
           <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1808 - </t>
         </is>
       </c>
       <c r="F210" s="2"/>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>99543</v>
+        <v>43520</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>99548</v>
+        <v>43521</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>99550</v>
+        <v>43295</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Navette à encens</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>navette</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>99552</v>
+        <v>43317</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>S. Petri Apostoli</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43295</v>
+        <v>43318</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43317</v>
+        <v>43497</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>S. Petri Apostoli</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>43318</v>
+        <v>86698</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
-[...2 lines deleted...]
-      <c r="D217" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D217" s="2" t="inlineStr">
+        <is>
+          <t>Hendrickx, Pierre</t>
+        </is>
+      </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>43497</v>
+        <v>99543</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>86698</v>
+        <v>99548</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+        </is>
+      </c>
+      <c r="D219" s="2"/>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>43520</v>
+        <v>99550</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Navette à encens</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>navette</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>43521</v>
+        <v>99552</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1814 - 1831</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
         <v>43304</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
@@ -8319,507 +8319,507 @@
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1824 - 1824</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>70696</v>
+        <v>30705</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Croix de procession</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1825</t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire, objet lié aux fêtes et processions</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>argent, cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>30705</v>
+        <v>70696</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Croix de procession</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1825</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix et calvaire, objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
         <v>43300</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1826 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>40136</v>
+        <v>40195</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>40195</v>
+        <v>40136</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
         <v>71138</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
           <t>Chauffe-plat argenté</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Maître J.M.</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>chauffe-plat</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
           <t>argent, cuivre</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>99540</v>
+        <v>43563</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>99541</v>
+        <v>43592</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>88146</v>
+        <v>43532</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1870</t>
+          <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>88153</v>
+        <v>88146</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>43532</v>
+        <v>88153</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1868</t>
+          <t>1831 - 1870</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>43563</v>
+        <v>99540</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>43592</v>
+        <v>99541</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1831 - 1868</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
         <v>52731</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Coupe de circonstance de la Société des Courses en Belgique</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
@@ -8951,449 +8951,449 @@
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1836 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>vermeil, argent</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>64188</v>
+        <v>30711</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1840</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>30711</v>
+        <v>64188</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D245" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1840</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>99706</v>
+        <v>40145</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>navette à encens</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1841 - </t>
+          <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>argent, argent</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>43326</v>
+        <v>40146</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de saint Guidon d'Anderlecht</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>40138</v>
+        <v>43326</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Reliquaire de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>métal, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>40145</v>
+        <v>40138</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>navette à encens</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux autres sacrements</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>argent, argent</t>
+          <t>métal, métal</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de repoussage</t>
+          <t>technique de repoussage, argenté, technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>40146</v>
+        <v>30714</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>70783</v>
+        <v>30715</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Lustre-sac à perles</t>
+          <t>couronne</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>lustre</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>cuivre, cristal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>70863</v>
+        <v>70783</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t> baiser de paix</t>
+          <t>Lustre-sac à perles</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
-      <c r="D252" s="2"/>
+      <c r="D252" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu (Ecole?)</t>
+        </is>
+      </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>lustre</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton, pierre précieuse</t>
+          <t>cuivre, cristal</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage, doré</t>
+          <t>technique d'assemblage, technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>30714</v>
+        <v>70863</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t> baiser de paix</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1841 - 1860</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, laiton, pierre précieuse</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>30715</v>
+        <v>99706</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>couronne</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1860</t>
+          <t>1841 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
         <v>52702</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
           <t>Truelle  réalisée pour la pose de la Première pierre de l'entrepôt de Bruxelles, le 6 mai 1844</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1844 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
@@ -9583,851 +9583,851 @@
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1849 - 1849</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>bronze, pin</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>99643</v>
+        <v>11677</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D261" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D261" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>92391</v>
+        <v>11723</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D262" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D262" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte, technique des métaux</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>11677</v>
+        <v>11724</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>11723</v>
+        <v>11725</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>11724</v>
+        <v>11726</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>11725</v>
+        <v>11784</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>11726</v>
+        <v>11795</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>11784</v>
+        <v>12002</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>11795</v>
+        <v>12003</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1927</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>12002</v>
+        <v>12004</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, verre</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>12003</v>
+        <v>12005</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>12004</v>
+        <v>92391</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage, technique de fonte, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>12005</v>
+        <v>99643</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>93390</v>
+        <v>99708</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>crucifix</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, cuivre</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>99708</v>
+        <v>43593</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>crucifix</t>
+          <t>chandelier de choeur</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>métal, cuivre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>88157</v>
+        <v>30706</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>93389</v>
+        <v>86691</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>burettes, objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>86691</v>
+        <v>88157</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>43593</v>
+        <v>93389</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>chandelier de choeur</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D279" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D279" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>burettes, objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>30706</v>
+        <v>93390</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
-[...2 lines deleted...]
-      <c r="D280" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>46821</v>
+        <v>52705</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
+          <t>Truelle</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Delheid ,  / Delheid, Michel François</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1853 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>52705</v>
+        <v>46821</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Truelle</t>
+          <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Delheid ,  / Delheid, Michel François</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1853 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
@@ -10499,117 +10499,117 @@
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1855 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>livre religieux</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
           <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>61418</v>
+        <v>43516</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Missel de mariage</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1861 - </t>
+          <t>1861 - 1866</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, métal</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, ciselé, imprimé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>43516</v>
+        <v>61418</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Missel de mariage</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1861 - 1866</t>
+          <t>1861 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>ivoire, papier, métal</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de sculpture, ciselé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
         <v>42496</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>reliure</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Gaillard,  L.</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
@@ -10647,341 +10647,341 @@
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1863 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>métal, or</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>59539</v>
+        <v>43526</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1875</t>
+          <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>43526</v>
+        <v>43527</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>43527</v>
+        <v>11905</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>alambic</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D291" s="2"/>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>Togaert,  J. / Van Genechten,  Louis</t>
+        </is>
+      </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>machines, outils, matériel professionnel</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>fonte, cuivre</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'assemblage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>11905</v>
+        <v>59539</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>alambic</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1865 - 1865</t>
+          <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
-          <t>machines, outils, matériel professionnel</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>fonte, cuivre</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, martelé</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>52725</v>
+        <v>43518</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1867 - </t>
+          <t>1867 - 1900</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>argent, soie</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>43518</v>
+        <v>52725</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D294" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D294" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1900</t>
+          <t>1867 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>argent, soie</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>88691</v>
+        <v>45962</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1920</t>
+          <t>1870 - 1939</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>plat de Pessah (Pâque)</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>mousseline, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>45962</v>
+        <v>88691</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1939</t>
+          <t>1870 - 1920</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>plat de Pessah (Pâque)</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>mousseline, ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
         <v>43522</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
           <t>burette</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1871 - 1871</t>
@@ -11059,393 +11059,393 @@
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1872 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>ostensoir</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>93391</v>
+        <v>43305</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la sainte Croix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D300" s="2"/>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
+        </is>
+      </c>
+      <c r="D300" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
+          <t>technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>43305</v>
+        <v>11763</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Hellner,  Franz Xaver</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>66245</v>
+        <v>11764</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration belge</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>Piret,  J. H.</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, plume, fil de métal, métal</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>66246</v>
+        <v>11765</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D303" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>69525</v>
+        <v>11767</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Trophée : trois balles</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D304" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D304" s="2" t="inlineStr">
+        <is>
+          <t>Théâtre Royal de Toone,</t>
+        </is>
+      </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>11763</v>
+        <v>66245</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Bicorne de l'administration belge</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Piret,  J. H.</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>11764</v>
+        <v>66246</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D306" s="2"/>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>11765</v>
+        <v>69525</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Trophée : trois balles</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D307" s="2"/>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>11767</v>
+        <v>93391</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Reliquaire de la sainte Croix</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D308" s="2"/>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
         <v>95737</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Jacquillat,  Auguste</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1876 - 1900</t>
@@ -11487,281 +11487,281 @@
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1877 - 1877</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>86694</v>
+        <v>43560</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>clochette d'autel</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1879 - </t>
+          <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>métal, argent</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
         <v>43534</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1879 - 1879</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>laiton, or</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>43560</v>
+        <v>86694</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>clochette d'autel</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1879 - 1879</t>
+          <t>1879 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>métal, argent</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de fonte, ciselé, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>53117</v>
+        <v>11884</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Trophée de la petite balle au tamis</t>
+          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D314" s="2"/>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, martelé, soudé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>70706</v>
+        <v>53117</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Burette de messe</t>
+          <t>Trophée de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Catherine</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Crockaert, Charles</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>vermeil, émail</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de fonte</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>11884</v>
+        <v>70706</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>Burette de messe</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D316" s="2"/>
+          <t>Eglise Sainte-Catherine</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Crockaert, Charles</t>
+        </is>
+      </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>vermeil, émail</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé, soudé, moulé</t>
+          <t>technique de repoussage, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
         <v>43538</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1881 - 1881</t>
@@ -11848,51 +11848,51 @@
           <t>ciboire</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
         <v>11378</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
           <t>louche</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>couvert de service</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
@@ -12067,1445 +12067,1445 @@
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>argent, or</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>93438</v>
+        <v>43544</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D326" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D326" s="2" t="inlineStr">
+        <is>
+          <t>Bourdon,</t>
+        </is>
+      </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
-          <t>métal, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>95672</v>
+        <v>43545</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>croix de procession</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>croix et calvaire</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>92402</v>
+        <v>43551</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>laiton, vermeil, verre, émail, os</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>92403</v>
+        <v>43552</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>bâton de bedeau </t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>objets de culte</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, verre, émail, os, papier, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>92393</v>
+        <v>43594</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1903</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, argent, verre</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>92394</v>
+        <v>43524</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D331" s="2"/>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, ciselé</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>92400</v>
+        <v>43650</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Joseph</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D332" s="2"/>
+      <c r="D332" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, papier, encre</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>86695</v>
+        <v>43653</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-tourelle</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>43650</v>
+        <v>43656</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D334" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>encensoir</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>43653</v>
+        <v>30707</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-tourelle</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>43656</v>
+        <v>30710</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Hubert</t>
         </is>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, verre</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>43544</v>
+        <v>30712</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Hubert</t>
+        </is>
+      </c>
+      <c r="D337" s="2"/>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>43545</v>
+        <v>30756</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>croix de procession</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>encensoir</t>
+          <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>43551</v>
+        <v>86695</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>43552</v>
+        <v>92393</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>bâton de bedeau </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D340" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D340" s="2" t="inlineStr">
+        <is>
+          <t>Poussielgue, Rusand &amp; fils [firme]</t>
+        </is>
+      </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1903</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>objets de culte</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>43594</v>
+        <v>92394</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>lanterne de procession</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D341" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>objet lié aux fêtes et processions</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, argenté</t>
+          <t>technique de repoussage, doré, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>43524</v>
+        <v>92400</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>Baiser de paix de saint Joseph</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, verre, papier, encre</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique d'assemblage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>30707</v>
+        <v>92402</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, vermeil, verre, émail, os</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, technique des métaux, technique d'émaillage, filigrané [métal]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>30710</v>
+        <v>92403</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>argent, verre</t>
+          <t>laiton, argent, verre, émail, os, papier, encre</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>30712</v>
+        <v>93438</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>lanterne de procession</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Hubert</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>objet lié aux fêtes et processions</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, verre</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>30756</v>
+        <v>95672</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
           <t>croix de procession</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>croix et calvaire</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>laiton, argent</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
         <v>43546</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
           <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1894 - 1894</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>seau à eau bénite</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
           <t>métal, argent, bois</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, argenté</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>86697</v>
+        <v>43517</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D348" s="2"/>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>reliure</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, perle</t>
+          <t>cuir, or</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique d'impression, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>86693</v>
+        <v>43564</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>plateau</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D349" s="2"/>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - 1897</t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
         <v>46791</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
           <t>Coupe </t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>martelé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>43517</v>
+        <v>86693</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D351" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D351" s="2" t="inlineStr">
+        <is>
+          <t>Berger, Charles-Frédéric / Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
-          <t>reliure</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>cuir, or</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>43564</v>
+        <v>86697</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>plateau</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D352" s="2"/>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
+        <is>
+          <t>Nesme, Henry</t>
+        </is>
+      </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1897</t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
-          <t>objet lié à l'eucharistie</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, perle</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>43122</v>
+        <v>99774</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
+          <t>Pochoir</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>43306</v>
+        <v>105938</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ostensoir tourelle</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Collégiale Saints-Pierre-et-Guidon </t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1900</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>cuivre, argent</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>99774</v>
+        <v>43122</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Pochoir</t>
+          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>105938</v>
+        <v>43306</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir tourelle</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1900</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>cuivre, argent</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>86759</v>
+        <v>53078</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Soupière avec couvercle</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
-[...2 lines deleted...]
-      <c r="D357" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D357" s="2" t="inlineStr">
+        <is>
+          <t>Pompe, Robert</t>
+        </is>
+      </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>soupière</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>88698</v>
+        <v>52787</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Soupière avec couvercle et plateau</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D358" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D358" s="2" t="inlineStr">
+        <is>
+          <t>Pompe,  Robert</t>
+        </is>
+      </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
-[...2 lines deleted...]
-      <c r="F358" s="2"/>
+          <t>1900 - 1958</t>
+        </is>
+      </c>
+      <c r="F358" s="2" t="inlineStr">
+        <is>
+          <t>soupière, plateau</t>
+        </is>
+      </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>53078</v>
+        <v>86759</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Clément</t>
+        </is>
+      </c>
+      <c r="D359" s="2"/>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>soupière</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, technique des métaux, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>52787</v>
+        <v>88698</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle et plateau</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D360" s="2"/>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F360" s="2"/>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>99644</v>
+        <v>88163</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir-cylindre</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1925</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, verre, perle</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
         <v>92404</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
           <t>chrismatoire</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
           <t>argenté, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>88163</v>
+        <v>99644</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-cylindre</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1925</t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>laiton, verre, perle</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, moulé, doré</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
         <v>42776</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
@@ -13583,165 +13583,165 @@
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
           <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>95731</v>
+        <v>36073</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Missel romain</t>
+          <t>Cache-radiateur </t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Beyaert,  Charles</t>
+          <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>livre religieux</t>
+          <t>radiateur</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, cuir, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>36073</v>
+        <v>36085</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur </t>
+          <t>Cache-radiateur de cheminée</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>Rion, Lucien</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>radiateur</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>laiton</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>36085</v>
+        <v>95731</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Cache-radiateur de cheminée</t>
+          <t>Missel romain</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Ancien hôtel Cohn-Donnay - Ultimate Hallucination</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Rion, Lucien</t>
+          <t>Beyaert,  Charles</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>radiateur</t>
+          <t>livre religieux</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>papier, encre, cuir, métal</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique d'impression, technique de reliure, technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
         <v>43000</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
           <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="inlineStr">
         <is>
           <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
@@ -14096,163 +14096,163 @@
           <t>service de table, théière, sucrier, cafetière, plateau</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
           <t>argent, palissandre</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
           <t>martelé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
         <v>11317</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
           <t>Mère, Clément</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
           <t>parchemin, cuir, ivoire, palissandre</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
           <t>couture, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
         <v>11351</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
           <t>Paire de lampes en forme de pagode</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F381" s="2" t="inlineStr">
         <is>
           <t>lampe</t>
         </is>
       </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
           <t>bois, cuivre, cristal</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
         <v>11353</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois ronds de serviettes aux initiales des Van Buuren</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
         <v>11358</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 5 flûtes à champagne torsadées</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="G383" s="2" t="inlineStr">
         <is>
           <t>verre</t>
         </is>
       </c>
       <c r="H383" s="2" t="inlineStr">
         <is>
           <t>ciselé, moulé, soufflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
@@ -14271,117 +14271,117 @@
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
           <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>95736</v>
+        <v>69518</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Trophée : trio de balles de la Société Royale l’Espérance </t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Job</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>argent, laiton</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de fonte, technique de repoussage</t>
+          <t>doré, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>69518</v>
+        <v>95736</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Trophée : trio de balles de la Société Royale l’Espérance </t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G386" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, laiton</t>
         </is>
       </c>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>doré, technique de repoussage</t>
+          <t>technique des métaux, technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
         <v>86692</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
           <t>Ciboire</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
           <t>Nesme, Henry</t>
         </is>
       </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
           <t>1924 - 1964</t>
@@ -14643,777 +14643,777 @@
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>86699</v>
+        <v>43604</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D395" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D395" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique de sculpture, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>92397</v>
+        <v>43636</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>Le baptême du Christ</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
-          <t>Devroye [frères]</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>argent, verre, cire d'abeille</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>92398</v>
+        <v>43637</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>Christ en croix</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Charles</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>argent, perle, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux, doré, technique de sculpture</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>69981</v>
+        <v>11231</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Planche à imprimer l'adresse de René Magritte</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atelier Marcel Hastir</t>
+        </is>
+      </c>
+      <c r="D398" s="2"/>
       <c r="E398" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1980</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>matériel d'impression</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>encre, papier, aluminium</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>43604</v>
+        <v>11673</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>De Rijck,  Robert</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, technique de repoussage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>43636</v>
+        <v>30693</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Le baptême du Christ</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D400" s="2"/>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>43637</v>
+        <v>69981</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>30693</v>
+        <v>86699</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>11231</v>
+        <v>92397</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer l'adresse de René Magritte</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
-[...2 lines deleted...]
-      <c r="D403" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D403" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1980</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
-          <t>matériel d'impression</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, aluminium</t>
+          <t>argent, verre, cire d'abeille</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'assemblage</t>
+          <t>technique de repoussage, technique des métaux, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>11673</v>
+        <v>92398</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
-          <t>De Rijck,  Robert</t>
+          <t>Devroye,  Charles</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>argent, perle, pierre précieuse</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>martelé, technique des métaux, doré, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>95654</v>
+        <v>93385</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
-          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D405" s="2"/>
       <c r="E405" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1950</t>
+          <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
           <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>93385</v>
+        <v>93387</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>argent, émail</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>93387</v>
+        <v>93388</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1931 - 1940</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>argent, émail</t>
+          <t>argent, or, marbre</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>93388</v>
+        <v>95654</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...2 lines deleted...]
-      <c r="D408" s="2"/>
+          <t>Chapelle Notre-Dame de Bon Secours (Stalle)</t>
+        </is>
+      </c>
+      <c r="D408" s="2" t="inlineStr">
+        <is>
+          <t>Devroye [frères]</t>
+        </is>
+      </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1940</t>
+          <t>1931 - 1950</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>argent, or, marbre</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'émaillage</t>
+          <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>43649</v>
+        <v>43601</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>43601</v>
+        <v>43649</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Devroye,  Joseph</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>ivoire, argent</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique de sculpture</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
         <v>11349</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
           <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
           <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>couvert de service</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>93382</v>
+        <v>30694</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Chapelle</t>
+        </is>
+      </c>
+      <c r="D412" s="2"/>
       <c r="E412" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1936 - 1936</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, pierre précieuse</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>martelé, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>30694</v>
+        <v>93382</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Chapelle</t>
-[...2 lines deleted...]
-      <c r="D413" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D413" s="2" t="inlineStr">
+        <is>
+          <t>Pharazyn,  J.</t>
+        </is>
+      </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1936 - 1936</t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, vermeil, pierre précieuse</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
         <v>11762</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
           <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
@@ -15567,201 +15567,201 @@
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
           <t>argent, verre</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, moulé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>95739</v>
+        <v>93384</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
+          <t>calice holemans</t>
+        </is>
+      </c>
+      <c r="C419" s="2" t="inlineStr">
+        <is>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D419" s="2" t="inlineStr">
+        <is>
+          <t>Holemans, Henri-Joseph</t>
+        </is>
+      </c>
+      <c r="E419" s="2" t="inlineStr">
+        <is>
+          <t>1941 - 1950</t>
+        </is>
+      </c>
+      <c r="F419" s="2" t="inlineStr">
+        <is>
           <t>calice</t>
         </is>
       </c>
-      <c r="C419" s="2" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>argent, vermeil, malachite</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>93384</v>
+        <v>88159</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>calice holemans</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Vandenhoute, Emile</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1950</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil, malachite</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H420" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, technique d'assemblage</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>88159</v>
+        <v>86700</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>chrismatoire</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>Vandenhoute, Emile</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ampoule aux saintes huiles</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique de fonte, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>86700</v>
+        <v>95739</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>chrismatoire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Job</t>
+        </is>
+      </c>
+      <c r="D422" s="2"/>
       <c r="E422" s="2" t="inlineStr">
         <is>
           <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>ampoule aux saintes huiles</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, technique de repoussage</t>
+          <t>technique des métaux, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
         <v>95735</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Job</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
@@ -15799,309 +15799,309 @@
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>objet lié aux autres sacrements</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>87064</v>
+        <v>43602</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>applique murale</t>
+          <t>copie d'une coupe de saint Remi</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...2 lines deleted...]
-      <c r="D425" s="2"/>
+          <t>Eglise de la Sainte-Trinité</t>
+        </is>
+      </c>
+      <c r="D425" s="2" t="inlineStr">
+        <is>
+          <t>Devroye,  Joseph</t>
+        </is>
+      </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
-          <t>applique</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>laiton</t>
+          <t>argent, pierre précieuse</t>
         </is>
       </c>
       <c r="H425" s="2" t="inlineStr">
         <is>
-          <t>forgé, martelé</t>
+          <t>technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>87071</v>
+        <v>11232</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1967</t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H426" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>87095</v>
+        <v>11695</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
-          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>tabernacle</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>métal, argent, émail</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique d'émaillage</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
         <v>70851</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
           <t>Chandelier</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F428" s="2" t="inlineStr">
         <is>
           <t>chandelier</t>
         </is>
       </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H428" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>43602</v>
+        <v>87095</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>copie d'une coupe de saint Remi</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
-          <t>Devroye,  Joseph</t>
+          <t>Dupuis, Jacques / Bastin, Roger / F. Jacques et frères,  / Grégoire, Odette</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>tabernacle</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>argent, pierre précieuse</t>
+          <t>métal, argent, émail</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré</t>
+          <t>technique de repoussage, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>11232</v>
+        <v>87064</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
+          <t>applique murale</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1967</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>applique</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>laiton</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>forgé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>11695</v>
+        <v>87071</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D431" s="2"/>
       <c r="E431" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
         <v>92395</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Fervan [firme]</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
           <t>1951 - 1975</t>