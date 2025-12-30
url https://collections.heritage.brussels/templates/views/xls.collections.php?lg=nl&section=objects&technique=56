--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -255,51 +255,51 @@
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>doré, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>77162</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trois mesures étalon à grain en bronze avec anses en forme de lions</t>
+          <t>Trois mesures étalon à grain en bronze avec anses à têtes de lions</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1570 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
@@ -363,109 +363,109 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1618 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>doré, technique de fonte, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>46794</v>
+        <v>52752</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
+          <t>Plaque de collier de la corporation des ceinturonniers</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1656 - 1696</t>
+          <t>1656 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique de repoussage, technique de gravure</t>
+          <t>technique de repoussage, ciselé, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>52752</v>
+        <v>46794</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la corporation des ceinturonniers</t>
+          <t>Cinq plaques de collier de la corporation des ceinturonniers de Bruxelles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1656 - </t>
+          <t>1656 - 1696</t>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, technique de gravure</t>
+          <t>ciselé, technique de repoussage, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>52747</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Aiguière et bassin</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1675 - </t>
@@ -895,153 +895,153 @@
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1740 - 1742</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>théière</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>83502</v>
+        <v>86758</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Canne</t>
+          <t>Couronne de la Vierge</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - 1850</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>canne</t>
+          <t>objet de dévotion</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>nacre, or</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de repoussage, technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>63276</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Boucles de chaussure</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1750 - 1775</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>accessoire de chaussage</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>86758</v>
+        <v>83502</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Couronne de la Vierge</t>
+          <t>Canne</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Clément</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>objet de dévotion</t>
+          <t>canne</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>nacre, or</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, technique des métaux, ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>86804</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Croix reliquaire de la sainte Croix et des saints Antoine et Hubert</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1752 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
@@ -1227,153 +1227,153 @@
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1791 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>cafetière</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>30627</v>
+        <v>86801</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de bedeau</t>
+          <t>porte-missel</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>vêtement de la religion catholique</t>
+          <t>lutrin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, feutre, coton</t>
+          <t>cuivre, laiton</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>passementerie, ciselé</t>
+          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>30628</v>
+        <v>30627</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>métal, plume, coton, feutre</t>
+          <t>métal, plume, feutre, coton</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>86801</v>
+        <v>30628</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>porte-missel</t>
+          <t>Bicorne de bedeau</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame aux Riches-Claires</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>lutrin</t>
+          <t>vêtement de la religion catholique</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>cuivre, laiton</t>
+          <t>métal, plume, coton, feutre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, ciselé, argenté, technique d'assemblage</t>
+          <t>passementerie, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>64189</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Plaque et oiseau de la Société de Saint-Sébastien d'Ixelles</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1808 - </t>
         </is>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
@@ -1643,441 +1643,441 @@
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1844 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>monument commémoratif</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11677</v>
+        <v>11723</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11723</v>
+        <v>11724</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11724</v>
+        <v>11725</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11725</v>
+        <v>11726</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11726</v>
+        <v>11784</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11784</v>
+        <v>11795</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11795</v>
+        <v>11677</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>86691</v>
+        <v>93389</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>plateau à burettes</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D49" s="2"/>
+          <t>Eglise Saint-Lambert</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Capello-Morel</t>
+        </is>
+      </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>burettes, objet lié à l'eucharistie</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, verre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
+          <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>93389</v>
+        <v>93390</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>plateau à burettes</t>
+          <t>burette de messe</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Capello-Morel</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>burettes, objet lié à l'eucharistie</t>
+          <t>burettes</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>93390</v>
+        <v>86691</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>burette de messe</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1851 - 1900</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>burettes</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé</t>
+          <t>technique de fonte, ciselé, technique de repoussage, technique d'émaillage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
         <v>46821</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Truelle de la première pierre du viaduc dans le prolongement de la rue de la Loi</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Delheid ,  / Delheid, Michel François</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1853 - </t>
@@ -2231,153 +2231,153 @@
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>argent, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>45962</v>
+        <v>88691</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1939</t>
+          <t>1870 - 1920</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>plat de Pessah (Pâque)</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>bois, argent</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>mousseline, ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>88691</v>
+        <v>45962</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Grand plat de Pessah rond avec inscriptions hébraïques et les grandes figures du judaïsme </t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1920</t>
+          <t>1870 - 1939</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>plat de Pessah (Pâque)</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, argent</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>mousseline, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>66246</v>
+        <v>93391</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Bicorne de l'administration de Saint-Gilles</t>
+          <t>Reliquaire de la sainte Croix</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>chapeau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>feutre, coton, fil de métal, métal</t>
+          <t>argent, métal</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
+          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
         <v>11763</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
@@ -2539,81 +2539,81 @@
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>chapeau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>feutre, coton, plume, fil de métal, métal</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>93391</v>
+        <v>66246</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Reliquaire de la sainte Croix</t>
+          <t>Bicorne de l'administration de Saint-Gilles</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1910</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>chapeau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>argent, métal</t>
+          <t>feutre, coton, fil de métal, métal</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, technique de repoussage, ciselé, technique de fonte, doré</t>
+          <t>ciselé, passementerie, collé, broderie, couture, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>86694</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
@@ -2691,349 +2691,349 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1889 - 1889</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>objets de culte</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>86695</v>
+        <v>92394</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D69" s="2"/>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Hellner,  Franz Xaver</t>
+        </is>
+      </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1940</t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, doré</t>
+          <t>technique de repoussage, doré, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>92394</v>
+        <v>92403</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Baiser de paix de saint Benoît</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
-      <c r="D70" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>baiser de paix</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>laiton, argent, verre, émail, os, papier, encre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, doré, ciselé</t>
+          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>92403</v>
+        <v>86695</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Baiser de paix de saint Benoît</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - 1940</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>baiser de paix</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>laiton, argent, verre, émail, os, papier, encre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, filigrané [métal], technique des métaux, ciselé</t>
+          <t>technique de fonte, ciselé, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>46791</v>
+        <v>86697</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Coupe </t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
+          <t>Nesme, Henry</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>argent, émail, perle</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>martelé, ciselé</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
         <v>86693</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Ciboire</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Berger, Charles-Frédéric / Nesme, Henry</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1897 - 1910</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>argent, émail, verre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>86697</v>
+        <v>46791</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>Coupe </t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Nesme, Henry</t>
+          <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1897 - 1910</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>argent, émail, perle</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré, technique d'émaillage</t>
+          <t>martelé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>43122</v>
+        <v>99774</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
+          <t>Pochoir</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>99774</v>
+        <v>43122</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Pochoir</t>
+          <t>Ensemble de planches à imprimer de la Bibliothèque paroissiale de Saint-Josse</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
         <v>43000</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Horloge de cheminée et vases</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - 1905</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
@@ -3255,121 +3255,121 @@
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>ombrelle</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>coton, bois</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>imprimé, velours, ciselé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11673</v>
+        <v>86699</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Le Chevalier Bayard</t>
+          <t>ostensoir-soleil</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Servais</t>
+        </is>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>marionnette</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>86699</v>
+        <v>11673</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-soleil</t>
+          <t>Le Chevalier Bayard</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
-[...2 lines deleted...]
-      <c r="D85" s="2"/>
+          <t>Théâtre Royal de Toone</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>De Rijck,  Robert</t>
+        </is>
+      </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>marionnette</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, ciselé, technique de repoussage, doré</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>11349</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
@@ -3411,225 +3411,225 @@
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>cheveux, carton, métal, cuivre, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11232</v>
+        <v>87071</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
+          <t>chandelier d'église</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1967</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>chandelier de chœur</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>11695</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Saint Michel</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>87071</v>
+        <v>11232</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>chandelier d'église</t>
+          <t>Planche à imprimer pour publicité "A l'Innovation"</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1967</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>chandelier de chœur</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, forgé, martelé, ciselé, technique d'assemblage</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11233</v>
+        <v>103991</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Planche à imprimer pour la couverture du "Bulletin de l'Atelier"</t>
+          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1960</t>
-[...2 lines deleted...]
-      <c r="F91" s="2"/>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F91" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>terre cuite</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>cuit [céramique], ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>103991</v>
+        <v>11233</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Vase grec - "Athènes-Brussels First Flight Olympic Comet"</t>
+          <t>Planche à imprimer pour la couverture du "Bulletin de l'Atelier"</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1960 - 1960</t>
+        </is>
+      </c>
+      <c r="F92" s="2"/>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>terre cuite</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], ciselé</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>