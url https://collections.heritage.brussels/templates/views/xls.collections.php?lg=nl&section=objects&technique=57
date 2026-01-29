--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -179,209 +179,209 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>53103</v>
+        <v>69512</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>53104</v>
+        <v>69514</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69512</v>
+        <v>69516</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69514</v>
+        <v>53103</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69516</v>
+        <v>53104</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>52699</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Grand plat rond : Adam et Eve</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
@@ -606,51 +606,51 @@
           <t>technique de repoussage, ciselé, technique de gravure, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>36905</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Berterham, Jan Baptist / Anonyme</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1698 - </t>
+          <t>1699 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>52758</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Huilier</t>
@@ -859,121 +859,121 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>machines, outils, matériel professionnel</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fonte, cuivre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>53117</v>
+        <v>11884</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Trophée de la petite balle au tamis</t>
+          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, martelé, soudé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11884</v>
+        <v>53117</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>Trophée de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D22" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé, soudé, moulé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>69513</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Trophée: balle « Société du jeu de balle : la Concorde d’Ixelles »</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
@@ -1011,157 +1011,157 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>plat</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>martelé, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>52787</v>
+        <v>88698</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle et plateau</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1958</t>
-[...6 lines deleted...]
-      </c>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>coton, bois, laiton</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>gaufré, martelé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>53078</v>
+        <v>52787</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Soupière avec couvercle</t>
+          <t>Soupière avec couvercle et plateau</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Pompe, Robert</t>
+          <t>Pompe,  Robert</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1900 - 1958</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>soupière</t>
+          <t>soupière, plateau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>88698</v>
+        <v>53078</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Soupière avec couvercle</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D27" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Pompe, Robert</t>
+        </is>
+      </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
-[...2 lines deleted...]
-      <c r="F27" s="2"/>
+          <t>1900 - 1958</t>
+        </is>
+      </c>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <t>soupière</t>
+        </is>
+      </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>coton, bois, laiton</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>gaufré, martelé, satin</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>70859</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>aigle-lutrin</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Catherine</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Hellner,  Franz Xaver</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>