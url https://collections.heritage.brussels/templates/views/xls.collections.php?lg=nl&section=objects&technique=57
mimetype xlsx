--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -179,209 +179,209 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>69512</v>
+        <v>53103</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>69514</v>
+        <v>53104</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle avec une couronne royale</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>boite</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>étain</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69516</v>
+        <v>69512</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trophée : balle couronnée </t>
+          <t>Trophée: balle couronnée et décorée d'un ruban rouge et jaune</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>martelé, technique de repoussage</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>53103</v>
+        <v>69514</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée : balle avec une couronne royale</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>53104</v>
+        <v>69516</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Trophée : balle couronnée </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>martelé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>52699</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Grand plat rond : Adam et Eve</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
@@ -859,121 +859,121 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1865 - 1865</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>machines, outils, matériel professionnel</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fonte, cuivre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11884</v>
+        <v>53117</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
+          <t>Trophée de la petite balle au tamis</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
-[...2 lines deleted...]
-      <c r="D21" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Inconnu</t>
+        </is>
+      </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1914</t>
+          <t>1880 - 1950</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>bannière et drapeau</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé, soudé, moulé</t>
+          <t>technique de repoussage, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>53117</v>
+        <v>11884</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Trophée de la petite balle au tamis</t>
+          <t>Enseigne de la bannière de la société royale "Cercle Saint-Laurent"</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confrérie des Compagnons de Saint-Laurent du Meyboom</t>
+        </is>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1950</t>
+          <t>1880 - 1914</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>bannière et drapeau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, martelé</t>
+          <t>technique de repoussage, martelé, soudé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>69513</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Trophée: balle « Société du jeu de balle : la Concorde d’Ixelles »</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>