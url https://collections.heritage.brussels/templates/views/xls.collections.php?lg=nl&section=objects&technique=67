--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -759,237 +759,237 @@
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>66282</v>
+        <v>66278</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>canette à bière</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D18" s="2"/>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>66285</v>
+        <v>66279</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Plat lustré aux motifs végétaux</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, peint</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>66278</v>
+        <v>66280</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>66279</v>
+        <v>66282</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>canette à bière</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>grès, étain</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, technique d'émaillage, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>66280</v>
+        <v>66285</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Plat lustré aux motifs végétaux</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1800</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>cuit [céramique], modelé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>11276</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1650 - 1701</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
@@ -1059,629 +1059,629 @@
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11265</v>
+        <v>11341</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
+          <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1725</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11341</v>
+        <v>11265</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paire de plats pisciformes</t>
+          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1725</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11266</v>
+        <v>11269</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11267</v>
+        <v>11270</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11268</v>
+        <v>11271</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11269</v>
+        <v>11273</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
+          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11270</v>
+        <v>11274</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11271</v>
+        <v>11342</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11273</v>
+        <v>11343</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
+          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11274</v>
+        <v>11266</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11342</v>
+        <v>11267</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11343</v>
+        <v>11268</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
+          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>66281</v>
+        <v>66277</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>chope</t>
+          <t>pichet</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D38" s="2"/>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>broc</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>grès, étain</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
+          <t>cuit [céramique], modelé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>66325</v>
+        <v>66281</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Paire de bols en porcelaine à décor de fleurs</t>
+          <t>chope</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
-      <c r="D39" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>bol</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>grès, étain</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint, doré, modelé</t>
+          <t>cuit [céramique], modelé, vernis, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>92378</v>
+        <v>66325</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
+          <t>Paire de bols en porcelaine à décor de fleurs</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
-[...2 lines deleted...]
-      <c r="D40" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>bol</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>terre cuite, or</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
+          <t>cuit [céramique], peint, doré, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>66277</v>
+        <v>92378</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>pichet</t>
+          <t>Vierge de l’Immaculée Conception avec l’Enfant et écrasant le serpent</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+        </is>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>broc</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>terre cuite, or</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé, vernis</t>
+          <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>11272</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
@@ -2695,820 +2695,820 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1904 - 1995</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11658</v>
+        <v>11665</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11659</v>
+        <v>11666</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11660</v>
+        <v>11667</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11661</v>
+        <v>11668</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11662</v>
+        <v>11669</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11663</v>
+        <v>11670</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11664</v>
+        <v>11651</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Ensemble de deux vases décoratifs</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11665</v>
+        <v>11652</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11666</v>
+        <v>11653</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11667</v>
+        <v>11654</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11668</v>
+        <v>11655</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>L'oiseau bleu</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11669</v>
+        <v>11656</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11670</v>
+        <v>11657</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11651</v>
+        <v>11658</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11652</v>
+        <v>11659</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11653</v>
+        <v>11660</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11654</v>
+        <v>11661</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11655</v>
+        <v>11662</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11656</v>
+        <v>11663</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11657</v>
+        <v>11664</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>