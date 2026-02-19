--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -552,231 +552,231 @@
           <t>bouteille</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11275</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor fleuri</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1601 - 1800</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>11277</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>11278</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Service à thé japonais en porcelaine</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture, porcelaine</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>11346</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois pochons en porcelaine de Chine au décor de fleurs</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>11347</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Ensemble de trois pochons en porcelaine au décor de fleurs et de feuilles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>11348</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Pochon en porcelaine au décor de pêcheurs</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1601 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
@@ -960,576 +960,576 @@
           <t>plat</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>11276</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1650 - 1701</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>40291</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine chinoise</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1662 - 1722</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>11264</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11341</v>
+        <v>11265</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Paire de plats pisciformes</t>
+          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1725</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11265</v>
+        <v>11341</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
+          <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1725</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11269</v>
+        <v>11266</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11270</v>
+        <v>11267</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11271</v>
+        <v>11268</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11273</v>
+        <v>11269</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
+          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11274</v>
+        <v>11270</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11342</v>
+        <v>11271</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11343</v>
+        <v>11273</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
+          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11266</v>
+        <v>11274</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11267</v>
+        <v>11342</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11268</v>
+        <v>11343</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
+          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>66277</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
@@ -1652,188 +1652,188 @@
           <t>statue</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>terre cuite, or</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, modelé, cuit [céramique], doré, technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
         <v>11272</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11339</v>
+        <v>11156</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
+          <t>Paire de chandeliers en faïence anglaise</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...2 lines deleted...]
-      <c r="D43" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Wedgwood</t>
+        </is>
+      </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>chandelier</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11340</v>
+        <v>11339</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Paire de corbeilles en faïence blanche</t>
+          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11156</v>
+        <v>11340</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence anglaise</t>
+          <t>Paire de corbeilles en faïence blanche</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Wedgwood</t>
+          <t>Joseph Sewell &amp; co.</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>modelé</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>66283</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
@@ -2044,51 +2044,51 @@
           <t>statue</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>plâtre, fer</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>moulé, modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
         <v>11363</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Bol en porcelaine avec anse en argent</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>bol</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>argent, porcelaine</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
@@ -2695,835 +2695,835 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1904 - 1995</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11665</v>
+        <v>11654</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11666</v>
+        <v>11655</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>L'oiseau bleu</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11667</v>
+        <v>11656</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11668</v>
+        <v>11657</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11669</v>
+        <v>11658</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11670</v>
+        <v>11659</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11651</v>
+        <v>11660</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11652</v>
+        <v>11661</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11653</v>
+        <v>11662</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11654</v>
+        <v>11663</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11655</v>
+        <v>11664</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11656</v>
+        <v>11665</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11657</v>
+        <v>11666</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11658</v>
+        <v>11667</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11659</v>
+        <v>11668</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11660</v>
+        <v>11669</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11661</v>
+        <v>11670</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11662</v>
+        <v>11651</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Ensemble de deux vases décoratifs</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11663</v>
+        <v>11652</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11664</v>
+        <v>11653</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>11913</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Répliques d'aliments de boucherie et de charcuterie</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
@@ -3540,127 +3540,127 @@
           <t>sculpture</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>aluminium, céramique, plâtre</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>modelé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
         <v>11337</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Service à café à décor de fleurs</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>A. Lanternier &amp; Co.</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>11344</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Onze assiettes de forme carrée à glaçure jaune</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>11352</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1920 - 1970</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>vase</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>bois, céramique</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
@@ -3928,51 +3928,51 @@
           <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>11338</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Service à café "Napoleon Ivy"</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Wedgwood</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>service de table</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>