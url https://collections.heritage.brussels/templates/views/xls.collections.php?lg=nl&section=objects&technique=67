--- v2 (2026-02-19)
+++ v3 (2026-02-19)
@@ -1059,477 +1059,477 @@
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1680 - 1700</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11265</v>
+        <v>11341</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
+          <t>Paire de plats pisciformes</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1725</t>
+          <t>1700 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11341</v>
+        <v>11265</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paire de plats pisciformes</t>
+          <t>Plat en faïence de Delft au décor d'un vase de fleurs, de lambrequins et de jardinières fleuries</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1700 - </t>
+          <t>1700 - 1725</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11266</v>
+        <v>11274</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de vase fleuri</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1750</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11267</v>
+        <v>11342</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
+          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11268</v>
+        <v>11343</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
+          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>peinture, faïence</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>modelé, cuit [céramique]</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11269</v>
+        <v>11266</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11270</v>
+        <v>11267</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat en faïence de Delft au décor d'un vase fleuri</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11271</v>
+        <v>11268</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
+          <t>Plat à dépressions en faïence de Delft au décor de trois vases fleuris</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1900</t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11273</v>
+        <v>11269</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
+          <t>Plat en faïence de Delft au décors de tiges fleuries</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11274</v>
+        <v>11270</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Plat en faïence de Delft au décor de vase fleuri</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1750</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11342</v>
+        <v>11271</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Cheval harnaché en faïence de Delft debout sur une terrasse</t>
+          <t>Plat en faïence de Delft au décor de tiges fleuries dans un médaillon</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1701 - 1900</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11343</v>
+        <v>11273</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cinq bouteilles miniatures en porcelaine de Chine</t>
+          <t>Plat en faïence de Delft au décor de jeté de fleurs</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>66277</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1701 - 1900</t>
@@ -1679,161 +1679,161 @@
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1750 - 1800</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture, faïence</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11156</v>
+        <v>11339</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence anglaise</t>
+          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
-      <c r="D43" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>chandelier</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>modelé</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11339</v>
+        <v>11340</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers en faïence fine à décor de fleurs</t>
+          <t>Paire de corbeilles en faïence blanche</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
-      <c r="D44" s="2"/>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Joseph Sewell &amp; co.</t>
+        </is>
+      </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11340</v>
+        <v>11156</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Paire de corbeilles en faïence blanche</t>
+          <t>Paire de chandeliers en faïence anglaise</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Joseph Sewell &amp; co.</t>
+          <t>Wedgwood</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>faïence</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
         <v>66283</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>pichet</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
@@ -2695,835 +2695,835 @@
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1904 - 1995</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>modelé, cuit [céramique]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11654</v>
+        <v>11669</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11655</v>
+        <v>11670</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11656</v>
+        <v>11651</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Ensemble de deux vases décoratifs</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11657</v>
+        <v>11652</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11658</v>
+        <v>11653</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11659</v>
+        <v>11654</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11660</v>
+        <v>11655</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>L'oiseau bleu</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11661</v>
+        <v>11656</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11662</v>
+        <v>11657</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11663</v>
+        <v>11658</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11664</v>
+        <v>11659</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11665</v>
+        <v>11660</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11666</v>
+        <v>11661</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>assiette décorative</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>11667</v>
+        <v>11662</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11668</v>
+        <v>11663</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11669</v>
+        <v>11664</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11670</v>
+        <v>11665</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11651</v>
+        <v>11666</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11652</v>
+        <v>11667</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11653</v>
+        <v>11668</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>céramique</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>11913</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Répliques d'aliments de boucherie et de charcuterie</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>