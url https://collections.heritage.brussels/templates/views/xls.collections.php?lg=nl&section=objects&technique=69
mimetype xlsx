--- v0 (2025-12-31)
+++ v1 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H376"/>
+  <dimension ref="A1:H377"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -323,1467 +323,1467 @@
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Nicolet, Gaston</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>63505</v>
+        <v>101002</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Lit jumeaux en bois</t>
+          <t>Moule représentant Manneken-Pis</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>lit</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>bois, lin, coton, plume</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>63834</v>
+        <v>101008</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Statuette de jeune femme sur pied</t>
+          <t>Moule représentant un chat</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...2 lines deleted...]
-      <c r="D7" s="2"/>
+          <t>Maison Dandoy</t>
+        </is>
+      </c>
+      <c r="D7" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>marbre, albâtre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>100515</v>
+        <v>101009</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
+          <t>Moule ordre du Faro</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Vande Voorde, Jan</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>100517</v>
+        <v>101011</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
+          <t>Moule représentant une femme âgée de profil (grotesque)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>95124</v>
+        <v>101012</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Picador</t>
+          <t>Moule figurant un homme représenté de face avec pantalon bouffant</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Dandoy</t>
+        </is>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>100518</v>
+        <v>101013</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme </t>
+          <t>Moule (avec matrice en métal) figurant un homme levant une chope</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, métal</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>100521</v>
+        <v>101014</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Moule "A la Ruche"</t>
+          <t>Moule alphabet - école</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>100530</v>
+        <v>101015</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Moule allongé figurant un personnage masculin de 3/4 portant un chapeau rond</t>
+          <t>Moule représentant  saint Nicolas </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>100607</v>
+        <v>101019</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant saint Nicolas</t>
+          <t>Moule représentant deux saint Nicolas superposés</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>100608</v>
+        <v>101020</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant les ânes schaerbeekois</t>
+          <t>Moule représentant deux sujets identiques de lapins</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Vande Voorde, Jan</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>100609</v>
+        <v>101021</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant un chien de race basset hound </t>
+          <t>Moule représentant saint Nicolas </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>merisier, métal</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100611</v>
+        <v>63505</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
+          <t>Lit jumeaux en bois</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>lit</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, lin, coton, plume</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100612</v>
+        <v>106080</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant la façade de la Maison-atelier du sculpteur Fernand Dubois</t>
+          <t>Sièges de chœur</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>sièges</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>100613</v>
+        <v>106081</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Moule allongé figurant un personnage avec chapeau</t>
+          <t>Prie-Dieu</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>prie-dieu</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>100614</v>
+        <v>63834</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un cavalier</t>
+          <t>Statuette de jeune femme sur pied</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>marbre, albâtre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>100615</v>
+        <v>106089</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
+          <t>Confessionnal</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>100616</v>
+        <v>99640</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Moule "À la Ruche d'Or"</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>argent, or</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>100673</v>
+        <v>73327</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Moule pour 5 sujets : chat / moulin / poisson / gland / coeur</t>
+          <t>Éventail brisé patriotique</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, soie, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>100675</v>
+        <v>99646</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant saint Nicolas (Cluydts)</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>101002</v>
+        <v>100506</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant Manneken-Pis</t>
+          <t>Moule figurant un personnage masculin grotesque avec pipe </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99640</v>
+        <v>100507</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Moule figurant une femme portant un parapluie</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D26" s="2"/>
+          <t>Maison Dandoy</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>argent, or</t>
+          <t>bois, bois, bois</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>taillé, taillé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>73327</v>
+        <v>100508</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé patriotique</t>
+          <t>Moule figurant un homme avec chapeau</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D27" s="2"/>
+          <t>Maison Dandoy</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, papier</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99646</v>
+        <v>100510</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Moule figurant un bouffon </t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
-[...2 lines deleted...]
-      <c r="D28" s="2"/>
+          <t>Maison Dandoy</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>100506</v>
+        <v>100512</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage masculin grotesque avec pipe </t>
+          <t>Moule figurant un personnage féminin grotesque </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Vande Voorde, Jan</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>100507</v>
+        <v>100514</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant une femme portant un parapluie</t>
+          <t>Moule figurant un personnage de profil avec un parapluie</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Vande Voorde, Jan</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>bois, bois, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>taillé, taillé, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>100508</v>
+        <v>100515</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme avec chapeau</t>
+          <t>moule figurant un grotesque avec instrument et chapeau-lune </t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>100510</v>
+        <v>100517</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un bouffon </t>
+          <t>Moule tête-bêche représentant deux personnages en costume d'époque : un homme avec chien et une femme</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Vande Voorde, Jan</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>100512</v>
+        <v>95124</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage féminin grotesque </t>
+          <t>Picador</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Maison Dandoy</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>moule</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>100514</v>
+        <v>100518</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un personnage de profil avec un parapluie</t>
+          <t>Moule figurant un homme </t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>101008</v>
+        <v>100521</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant un chat</t>
+          <t>Moule "A la Ruche"</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>101009</v>
+        <v>100530</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Moule ordre du Faro</t>
+          <t>Moule allongé figurant un personnage masculin de 3/4 portant un chapeau rond</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D36" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>101011</v>
+        <v>100607</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant une femme âgée de profil (grotesque)</t>
+          <t>Moule représentant saint Nicolas</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>101012</v>
+        <v>100608</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Moule figurant un homme représenté de face avec pantalon bouffant</t>
+          <t>Moule figurant les ânes schaerbeekois</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D38" s="2"/>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>101013</v>
+        <v>100609</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Moule (avec matrice en métal) figurant un homme levant une chope</t>
+          <t>Moule représentant un chien de race basset hound </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D39" s="2"/>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>101014</v>
+        <v>100611</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Moule alphabet - école</t>
+          <t>Moule pour 3 sujets : moulin -  raisin  - coeur</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Vande Voorde, Jan</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>101015</v>
+        <v>100612</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant  saint Nicolas </t>
+          <t>Moule figurant la façade de la Maison-atelier du sculpteur Fernand Dubois</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Vande Voorde, Jan</t>
+        </is>
+      </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>101019</v>
+        <v>100613</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant deux saint Nicolas superposés</t>
+          <t>Moule allongé figurant un personnage avec chapeau</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>101020</v>
+        <v>100614</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant deux sujets identiques de lapins</t>
+          <t>Moule figurant un cavalier</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Vande Voorde, Jan</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>101021</v>
+        <v>100615</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Moule représentant saint Nicolas </t>
+          <t>Moule représentant les quatre fils Aymon sur le cheval Bayard</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
-      <c r="D44" s="2"/>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>moule</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>merisier, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>106080</v>
+        <v>100616</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Sièges de chœur</t>
+          <t>Moule "À la Ruche d'Or"</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
-[...2 lines deleted...]
-      <c r="D45" s="2"/>
+          <t>Maison Dandoy</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>sièges</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>106081</v>
+        <v>100673</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Prie-Dieu</t>
+          <t>Moule pour 5 sujets : chat / moulin / poisson / gland / coeur</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>prie-dieu</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>106089</v>
+        <v>100675</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Confessionnal</t>
+          <t>Moule représentant saint Nicolas (Cluydts)</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>moule</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
         <v>42517</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Tombeau de saint Guidon d'Anderlecht</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
@@ -2579,231 +2579,231 @@
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1600 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>soie, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>40118</v>
+        <v>40119</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
           <t>pierre tombale</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>mobilier funéraire</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>40119</v>
+        <v>40121</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
           <t>pierre tombale</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>mobilier funéraire</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>40121</v>
+        <v>40122</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>pierre tombale</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>mobilier funéraire</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>40122</v>
+        <v>40123</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
           <t>pierre tombale</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>mobilier funéraire</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>40123</v>
+        <v>40124</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
           <t>pierre tombale</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>mobilier funéraire</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>40124</v>
+        <v>40118</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>pierre tombale</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Clément</t>
         </is>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>mobilier funéraire</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
@@ -3239,584 +3239,584 @@
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1737 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>livre religieux</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, technique de reliure, technique de repoussage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>59691</v>
+        <v>58434</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>ivoire, papier, gouache</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé, ajouré [sculpture]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>58343</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>58434</v>
+        <v>59691</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1740 - 1760</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, gouache</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, ajouré [sculpture]</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>58326</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1745 - 1760</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>59704</v>
+        <v>58353</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1770</t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache, vélin</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>58353</v>
+        <v>58441</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1750 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>66274</v>
+        <v>59704</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Trois putti sur la chèvre Amalthée</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1810</t>
+          <t>1750 - 1770</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>ivoire, gouache, vélin</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>58441</v>
+        <v>66274</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Trois putti sur la chèvre Amalthée</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D95" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1750 - 1810</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>technique de sculpture, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
         <v>58328</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1760 - 1780</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier, nacre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>59692</v>
+        <v>58331</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peau animale</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>59695</v>
+        <v>58332</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1780</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peau animale, gouache</t>
+          <t>papier, ivoire</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>58331</v>
+        <v>59536</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Eventail plié</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>58332</v>
+        <v>59537</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1770 - 1790</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>papier, ivoire</t>
+          <t>ivoire, gouache, soie, vélin</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, eau-forte</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>59536</v>
+        <v>59692</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, peau animale</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>59537</v>
+        <v>59695</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1790</t>
+          <t>1770 - 1780</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache, soie, vélin</t>
+          <t>ivoire, peau animale, gouache</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>58440</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="inlineStr">
         <is>
@@ -3855,661 +3855,661 @@
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1780 - 1800</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>59864</v>
+        <v>59632</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1800</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>59632</v>
+        <v>59864</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1790 - 1800</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>59787</v>
+        <v>59615</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1800 - 1820</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>nacre, métal, ivoire</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>tulle, taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>59615</v>
+        <v>59639</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1820</t>
+          <t>1800 - 1850</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>nacre, métal, ivoire</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>tulle, taillé, broderie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>59639</v>
+        <v>59787</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1850</t>
+          <t>1800 - 1820</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>66275</v>
+        <v>99639</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Bacchanale de putti</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...2 lines deleted...]
-      <c r="D110" s="2"/>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Montagny,  Fleury</t>
+        </is>
+      </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taillé</t>
+          <t>taillé, technique de repoussage, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>99639</v>
+        <v>99642</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>Calice</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
-      <c r="D111" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de repoussage, technique des métaux</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>99642</v>
+        <v>99645</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Calice</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>99645</v>
+        <v>66275</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Bacchanale de putti</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>technique de sculpture, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>59610</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1805 - 1815</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>59735</v>
+        <v>59598</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1820</t>
+          <t>1810 - 1840</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé, broderie</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>59687</v>
+        <v>59628</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier, gouache</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>peint, imprimé, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>59776</v>
+        <v>59562</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1820</t>
+          <t>1810 - 1840</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>vernis, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>59794</v>
+        <v>59735</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1830</t>
+          <t>1810 - 1820</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>corne</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>gaze, taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>59598</v>
+        <v>59687</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1840</t>
+          <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>ivoire, papier, gouache</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>peint, imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>59628</v>
+        <v>59776</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1830</t>
+          <t>1810 - 1820</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>59562</v>
+        <v>59794</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1810 - 1840</t>
+          <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>corne</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
-          <t>vernis, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
         <v>46828</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
           <t>Aigle impériale</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1811 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
@@ -4623,112 +4623,112 @@
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1815 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>monument commémoratif, statue</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>marbre, pierre</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>59764</v>
+        <v>59594</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1830</t>
+          <t>1820 - 1820</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>59594</v>
+        <v>59764</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1820</t>
+          <t>1820 - 1830</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
         <v>59760</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
           <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
@@ -4803,328 +4803,328 @@
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1830 - 1860</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>bois, papier</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>59808</v>
+        <v>59758</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Monture d'éventail</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>os, plume</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>59809</v>
+        <v>59678</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Monture d'éventail</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>ébène</t>
+          <t>os, soie</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>59758</v>
+        <v>59773</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>os, plume</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>59678</v>
+        <v>59693</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>os, soie</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>59773</v>
+        <v>59796</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>ivoire, bois, soie</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, vernis</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>59693</v>
+        <v>59799</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Paire d'éventails écran</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail écran</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>ivoire</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>59796</v>
+        <v>59808</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Monture d'éventail</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>ivoire, bois, soie</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>59799</v>
+        <v>59809</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Paire d'éventails écran</t>
+          <t>Monture d'éventail</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>éventail écran</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>ébène</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
         <v>59866</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
@@ -5311,1421 +5311,1421 @@
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1849 - 1851</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>coton, bois</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>toile, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>59761</v>
+        <v>58659</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>lin, nacre</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>dentelle mixte, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>59680</v>
+        <v>59593</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>bois, gouache</t>
+          <t>nacre, soie, ivoire</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie, peint</t>
+          <t>taillé, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>59767</v>
+        <v>58677</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, ivoire, soie</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>59683</v>
+        <v>59637</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, peint</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>59785</v>
+        <v>59761</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Eventail écran</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>éventail écran</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>bambou, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>59786</v>
+        <v>59680</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, gouache</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>59869</v>
+        <v>59767</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>os</t>
+          <t>bois, papier, ivoire, soie</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>59877</v>
+        <v>59683</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, imprimé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>59881</v>
+        <v>59785</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail écran</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail écran</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>bambou, soie</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>59883</v>
+        <v>59786</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1860</t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>59885</v>
+        <v>59869</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>os</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>59888</v>
+        <v>59877</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>59858</v>
+        <v>59881</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>58659</v>
+        <v>59883</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1850 - 1860</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>lin, nacre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>59593</v>
+        <v>59885</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, ivoire</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle à l'aiguille</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>58677</v>
+        <v>59888</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, imprimé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>59637</v>
+        <v>59858</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
         <v>99643</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>ciboire</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>59733</v>
+        <v>46850</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>La Baigneuse</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D163" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>Desenfans, Constant Albert</t>
+        </is>
+      </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1938</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, vernis, moiré</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>59644</v>
+        <v>59573</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1890</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, ébène</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, broderie</t>
+          <t>taillé, dentelle mécanique, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>59756</v>
+        <v>59642</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1890</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>dentelle mixte, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>59648</v>
+        <v>59641</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>nacre, lin</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>59713</v>
+        <v>59733</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1900</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, dentelle mécanique</t>
+          <t>taillé, peint, vernis, moiré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>59801</v>
+        <v>59644</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1890</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>nacre</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle mécanique, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>59859</v>
+        <v>59756</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>46850</v>
+        <v>59648</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>La Baigneuse</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D170" s="2"/>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1938</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>59876</v>
+        <v>59713</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1900</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>59880</v>
+        <v>59801</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint, dentelle mécanique</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>59882</v>
+        <v>59876</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>ivoire, papier</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>59887</v>
+        <v>59880</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, gaze, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>59889</v>
+        <v>59882</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>ivoire, papier</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>59856</v>
+        <v>59887</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1870</t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>59641</v>
+        <v>59889</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1860 - </t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>nacre, lin</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>59573</v>
+        <v>59856</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>soie, ébène</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, toile</t>
+          <t>taillé, dentelle aux fuseaux, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>59642</v>
+        <v>59859</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1890</t>
+          <t>1860 - 1870</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
         <v>97981</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
           <t>Les comtes d'Egmont et de Hornes</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Fraikin, Charles-Auguste / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1864 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>moulé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>59539</v>
+        <v>58658</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>soie, ivoire</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>ciselé, taillé, satin, peint</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>58658</v>
+        <v>59539</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>soie, ivoire</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>ciselé, taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
         <v>99212</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1865 - 1875</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
@@ -6763,549 +6763,549 @@
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1866 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>59720</v>
+        <v>59595</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail cocarde</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>59724</v>
+        <v>59606</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1880</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>os, soie</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>59728</v>
+        <v>59529</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>ébène, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>59734</v>
+        <v>59551</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique</t>
+          <t>taillé, satin, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>59778</v>
+        <v>59638</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>bois, soie, gouache</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>59781</v>
+        <v>59572</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>nacre, gouache, soie</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, dentelle mécanique</t>
+          <t>satin, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>59715</v>
+        <v>59734</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>59821</v>
+        <v>59778</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, gouache</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>satin, peint, taillé</t>
+          <t>taillé, satin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>59595</v>
+        <v>59781</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Eventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1880</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>59606</v>
+        <v>59715</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1880</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé, toile</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>59529</v>
+        <v>59720</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>59551</v>
+        <v>59724</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1890</t>
+          <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>os, soie</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint, dentelle mécanique</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>59638</v>
+        <v>59728</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1870 - 1900</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>bois, soie, gouache</t>
+          <t>ébène, soie</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>59572</v>
+        <v>59821</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1870 - 1900</t>
+          <t>1870 - 1890</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, soie</t>
+          <t>ivoire, soie, gouache</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>satin, taillé, peint</t>
+          <t>satin, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
         <v>92363</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
           <t>Vie de sainte Alice</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Albert / Van Holsbeeck, Albert</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1877 - 1948</t>
@@ -7419,549 +7419,549 @@
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1879 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>59723</v>
+        <v>59584</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze, dentelle mécanique</t>
+          <t>taillé, dentelle à l'aiguille, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>59677</v>
+        <v>58681</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, bois</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>59774</v>
+        <v>59275</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1920</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>peint, taillé, laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>59705</v>
+        <v>59552</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1890</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>os, autruche</t>
+          <t>nacre</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>59863</v>
+        <v>59553</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1890</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>dentelle aux fuseaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>58681</v>
+        <v>59554</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>soie, bois</t>
+          <t>écaille, gouache, soie</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>59275</v>
+        <v>59557</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1920</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé, laque</t>
+          <t>taillé, dentelle mécanique, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>59552</v>
+        <v>59570</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1890</t>
+          <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>nacre</t>
+          <t>soie, écaille</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>dentelle aux fuseaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>59553</v>
+        <v>59571</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>écaille, soie, gouache</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, taillé</t>
+          <t>taillé, peint, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>59554</v>
+        <v>59677</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>écaille, gouache, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>59557</v>
+        <v>59774</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, satin</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>59570</v>
+        <v>59705</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>soie, écaille</t>
+          <t>os, autruche</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>59571</v>
+        <v>59723</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie, gouache</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, satin</t>
+          <t>taillé, peint, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>59584</v>
+        <v>59863</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1900</t>
+          <t>1880 - 1890</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle à l'aiguille, peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
         <v>74200</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1880 - 1900</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
@@ -8619,1089 +8619,1089 @@
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1888 - 1893</t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>59643</v>
+        <v>57662</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, ivoire</t>
+          <t>lin, nacre</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle à l'aiguille</t>
+          <t>dentelle à l'aiguille, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>59755</v>
+        <v>59583</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
           <t>Éventail plié </t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, taillé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>59646</v>
+        <v>59586</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>59782</v>
+        <v>59597</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>nacre, lin</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, dentelle mécanique</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>59810</v>
+        <v>58793</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, dentelle mécanique</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>59812</v>
+        <v>59603</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>ivoire, gouache</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>taillé, peint, broderie, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>59828</v>
+        <v>59555</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>dentelle aux fuseaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>59878</v>
+        <v>59556</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé miniature</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>ivoire</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>59829</v>
+        <v>59631</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>broderie, dentelle à l'aiguille, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>59879</v>
+        <v>59560</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié miniature</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>satin, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>59830</v>
+        <v>59643</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>nacre, soie, ivoire</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle à l'aiguille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>59838</v>
+        <v>59755</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>écaille, coton</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>dentelle à l'aiguille, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>59841</v>
+        <v>59646</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>57662</v>
+        <v>59782</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>lin, nacre</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>dentelle à l'aiguille, taillé</t>
+          <t>taillé, peint, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>61988</v>
+        <v>59812</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>dentelle mixte, gaze, peint, taillé</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>59849</v>
+        <v>59828</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>écaille, plume</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>59850</v>
+        <v>59878</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé miniature</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>ivoire</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>59852</v>
+        <v>59829</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>autruche, ébène</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>59855</v>
+        <v>59879</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié miniature</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>59857</v>
+        <v>59830</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>os, plume</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>59597</v>
+        <v>59838</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>nacre, lin</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>58793</v>
+        <v>59841</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>59603</v>
+        <v>61988</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>ivoire, gouache</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, broderie, gaze</t>
+          <t>dentelle mixte, gaze, peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>59555</v>
+        <v>59849</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
-          <t>dentelle aux fuseaux, taillé</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>59556</v>
+        <v>59850</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>59631</v>
+        <v>59852</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>autruche, ébène</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>broderie, dentelle à l'aiguille, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>59560</v>
+        <v>59855</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>59583</v>
+        <v>59857</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1890 - 1900</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>éventail</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>os, plume</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>59586</v>
+        <v>59810</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1900</t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
         <v>74500</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1890 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
@@ -9739,1585 +9739,1585 @@
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>59707</v>
+        <v>59596</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1898</t>
+          <t>1893 - 1895</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>soie, ébène, gouache</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, gaze, peint</t>
+          <t>taillé, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>63469</v>
+        <v>59707</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Cheminée de la bibliothèque</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1893 - 1898</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>mobilier civil</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>soie, ébène, gouache</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, dentelle mécanique, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>59596</v>
+        <v>63469</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Cheminée de la bibliothèque</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1893 - 1895</t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>mobilier civil</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>59763</v>
+        <v>59614</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié </t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>nacre, papier</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>59614</v>
+        <v>59558</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1920</t>
+          <t>1895 - 1905</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>peint, broderie, taillé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>59558</v>
+        <v>59763</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail plié </t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1905</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>nacre, papier</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>peint, broderie, taillé, satin</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
         <v>59688</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1898 - 1920</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>59645</v>
+        <v>67176</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Les quatre âges</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D273" s="2"/>
+          <t>Art en espace public - Saint-Josse-ten-Noode</t>
+        </is>
+      </c>
+      <c r="D273" s="2" t="inlineStr">
+        <is>
+          <t>Lagae, Jules / Verbeyst</t>
+        </is>
+      </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>lampadaire, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>écaille, coton</t>
+          <t>bronze, granit</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>moulé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>59674</v>
+        <v>57786</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D274" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, ivoire</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mixte</t>
+          <t>taillé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>59675</v>
+        <v>59574</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>soie, os</t>
+          <t>ivoire, lin</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>59676</v>
+        <v>59599</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>nacre, gouache, papier</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
+          <t>taillé, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>59766</v>
+        <v>59601</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>écaille, nacre</t>
+          <t>nacre, lin</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
-          <t>gaze, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>59769</v>
+        <v>59608</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, soie</t>
         </is>
       </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, satin</t>
+          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>59770</v>
+        <v>59611</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>ivoire, soie, nacre</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
-          <t>gaze, broderie, taillé</t>
+          <t>taillé, satin, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>59771</v>
+        <v>59612</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D280" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie, gouache</t>
+          <t>nacre, ivoire, soie</t>
         </is>
       </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, gaze</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>59772</v>
+        <v>59613</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>écaille</t>
+          <t>corne, soie</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie, gaze, dentelle mécanique</t>
+          <t>taillé, gaze, satin, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>59706</v>
+        <v>59565</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>soie, nacre, écaille</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>59708</v>
+        <v>59640</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>nacre, lin</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, dentelle mixte</t>
+          <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>59800</v>
+        <v>59645</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>écaille, coton</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, peint</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>59868</v>
+        <v>59674</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D285" s="2"/>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>Lachelin, Benjamin</t>
+        </is>
+      </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>nacre, soie, ivoire</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>taillé, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>59817</v>
+        <v>59675</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>bois, soie</t>
+          <t>soie, os</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>59820</v>
+        <v>59676</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>os</t>
+          <t>nacre, gouache, papier</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, dentelle mécanique, peint, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>57786</v>
+        <v>59766</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>écaille, nacre</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie</t>
+          <t>gaze, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>59853</v>
+        <v>59769</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>bois, autruche</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint, broderie, peint</t>
+          <t>taillé, broderie, gaze, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>66262</v>
+        <v>59770</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille aux grappes de raisin</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D290" s="2"/>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taillé</t>
+          <t>gaze, broderie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>59599</v>
+        <v>59771</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D291" s="2"/>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>Duvelleroy, Jean-Pierre</t>
+        </is>
+      </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie</t>
+          <t>nacre, soie, gouache</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, broderie</t>
+          <t>taillé, peint, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>59601</v>
+        <v>59772</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>nacre, lin</t>
+          <t>écaille</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, broderie, gaze, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>59608</v>
+        <v>59706</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>nacre, soie</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie, dentelle mécanique</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>59611</v>
+        <v>59708</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>ivoire, soie, nacre</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>taillé, satin, gaze, broderie</t>
+          <t>taillé, gaze, dentelle mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>59612</v>
+        <v>59800</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>nacre, ivoire, soie</t>
+          <t>ivoire, soie</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
-          <t>taillé, broderie</t>
+          <t>taillé, gaze, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>59613</v>
+        <v>59868</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>corne, soie</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, satin, broderie</t>
+          <t>taillé, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>59565</v>
+        <v>59817</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>soie, nacre, écaille</t>
+          <t>bois, soie</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
-          <t>broderie, taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>59640</v>
+        <v>59820</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1925</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>nacre, lin</t>
+          <t>os</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>taillé, dentelle aux fuseaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>59574</v>
+        <v>59853</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1925</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>ivoire, lin</t>
+          <t>bois, autruche</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
-          <t>taillé, dentelle aux fuseaux</t>
+          <t>taillé, teint, broderie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>98704</v>
+        <v>66262</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Face-à-main</t>
+          <t>Jeune fille aux grappes de raisin</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D300" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D300" s="2" t="inlineStr">
+        <is>
+          <t>Lambeaux,  Jef / Lambeaux, Jef</t>
+        </is>
+      </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>lunette sans branche</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>écaille, verre</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de sculpture, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>98705</v>
+        <v>98704</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Face-à-main </t>
+          <t>Face-à-main</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>lunette sans branche</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>écaille, métal, verre</t>
+          <t>écaille, verre</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>36661</v>
+        <v>98705</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Minerve ou la Liberté</t>
+          <t>Face-à-main </t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>lunette sans branche</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>ivoire, argent</t>
+          <t>écaille, métal, verre</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>59627</v>
+        <v>36661</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Ventilateur de poche</t>
+          <t>Minerve ou la Liberté</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D303" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Dubois, Paul</t>
+        </is>
+      </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
-          <t>ventilateur de poche</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>os</t>
+          <t>ivoire, argent</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>99644</v>
+        <v>59627</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ventilateur de poche</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ventilateur de poche</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>os</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé, technique de repoussage</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>70260</v>
+        <v>99644</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>La Mutualité</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Pierre</t>
+        </is>
+      </c>
+      <c r="D305" s="2"/>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique des métaux, taillé, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>67632</v>
+        <v>70260</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>La Mutualité</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>De Tombay,  Alphonse</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>groupe sculpté</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>59690</v>
+        <v>67632</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Lachelin, Benjamin</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1930</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>marbre, bois</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé, peint</t>
+          <t>technique d'assemblage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
         <v>36999</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
@@ -11387,2559 +11387,2599 @@
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
           <t>ivoire</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>38905</v>
+        <v>59690</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Manfred</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Canneel, Eugène</t>
+          <t>Lachelin, Benjamin</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1911 - 1928</t>
+          <t>1910 - 1930</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>imprimé, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>70261</v>
+        <v>38905</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>La Sculpture</t>
+          <t>Manfred</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Du Bois, Paul</t>
+          <t>Canneel, Eugène</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
-[...2 lines deleted...]
-      <c r="F312" s="2"/>
+          <t>1911 - 1928</t>
+        </is>
+      </c>
+      <c r="F312" s="2" t="inlineStr">
+        <is>
+          <t>buste</t>
+        </is>
+      </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>52164</v>
+        <v>70261</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Adolphe Max </t>
+          <t>La Sculpture</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Du Bois, Paul</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1913 - </t>
+        </is>
+      </c>
+      <c r="F313" s="2"/>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>acier</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>59647</v>
+        <v>52164</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Portrait du bourgmestre Adolphe Max </t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Duvelleroy, Jean-Pierre</t>
+          <t>Devreese, Godefroid</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1925</t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>écaille, soie</t>
+          <t>acier</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>taillé, gaze, broderie</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>38741</v>
+        <v>59647</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Médaillon Jules-Jacques Van Ysendyck</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Devreese, Godefroid</t>
+          <t>Duvelleroy, Jean-Pierre</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1915 - 1925</t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>écaille, soie</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, gaze, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>59681</v>
+        <v>38741</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Médaillon Jules-Jacques Van Ysendyck</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D316" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Devreese, Godefroid</t>
+        </is>
+      </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>59682</v>
+        <v>11163</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Eventail cocarde</t>
+          <t>Squalers</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D317" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D317" s="2" t="inlineStr">
+        <is>
+          <t>Fonderie Batardy,  / Van Dantzig, Rachel</t>
+        </is>
+      </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1924</t>
+          <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé</t>
+          <t>coulé à cire perdue, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>59710</v>
+        <v>37133</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Ombrelle</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1939</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>ombrelle</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>coton, bois</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>imprimé, vernis, taillé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>59865</v>
+        <v>39010</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Odalisque</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D319" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>Van Hoof, Frans ou Franz</t>
+        </is>
+      </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1963</t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>bois, plume</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>59813</v>
+        <v>59681</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1950</t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
           <t>bois, papier</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint</t>
+          <t>taillé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>37133</v>
+        <v>59682</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Ombrelle</t>
+          <t>Eventail cocarde</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1939</t>
+          <t>1920 - 1924</t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
-          <t>ombrelle</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
-          <t>coton, bois</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>imprimé, vernis, taillé, toile</t>
+          <t>imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>59832</v>
+        <v>59710</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>59833</v>
+        <v>59865</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>bois, plume</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>59835</v>
+        <v>59813</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1920 - 1950</t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>59836</v>
+        <v>59832</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>nacre, autruche</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>59837</v>
+        <v>59833</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>39010</v>
+        <v>59835</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Odalisque</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D327" s="2"/>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1963</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>59840</v>
+        <v>59836</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>autruche, ébène</t>
+          <t>nacre, autruche</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>59843</v>
+        <v>59837</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>écaille, plume</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>59844</v>
+        <v>59840</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>autruche, ébène</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>59845</v>
+        <v>59843</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>écaille, plume</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>59846</v>
+        <v>59844</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
           <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>59848</v>
+        <v>59845</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>59851</v>
+        <v>59846</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
           <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>éventail brisé</t>
         </is>
       </c>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>ivoire, autruche</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>11163</v>
+        <v>59848</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Squalers</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1949</t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>coulé à cire perdue, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>63703</v>
+        <v>59851</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>La Fidélité</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D336" s="2"/>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>ivoire, autruche</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>97850</v>
+        <v>63703</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Monument aux morts de Watermael-Boitsfort</t>
+          <t>La Fidélité</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Watermael-Boitsfort</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Weygers, Désiré</t>
+          <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
         <v>82106</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
           <t>Plaque commémorative à Paul Deschanel</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>63704</v>
+        <v>97850</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>La Fécondité</t>
+          <t>Monument aux morts de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Art en espace public - Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>De Rudder, Isidore</t>
+          <t>Weygers, Désiré</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>106088</v>
+        <v>63704</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Confessionnal</t>
+          <t>La Fécondité</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>De Maertelaere, Serafien</t>
+          <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>37050</v>
+        <v>106088</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Eventail brisé</t>
+          <t>Confessionnal</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D341" s="2"/>
+          <t>Eglise Saint-Antoine de Padoue</t>
+        </is>
+      </c>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>De Maertelaere, Serafien</t>
+        </is>
+      </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1926</t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>écaille, autruche</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>59684</v>
+        <v>37050</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Eventail brisé</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1924 - 1926</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>écaille, autruche</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>lithographie, taillé</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>59685</v>
+        <v>39850</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le rêve (femme agenouillée)</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D343" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D343" s="2" t="inlineStr">
+        <is>
+          <t>Lecroart, Jean</t>
+        </is>
+      </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>39850</v>
+        <v>59482</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Le rêve (femme agenouillée)</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D344" s="2"/>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>papier, bois</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>imprimé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>59482</v>
+        <v>59684</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>papier, bois</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taillé</t>
+          <t>lithographie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>28792</v>
+        <v>59685</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à Henry Villard</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D346" s="2"/>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de fonte</t>
+          <t>taillé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>92390</v>
+        <v>28792</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Episodes de la vie de la Vierge</t>
+          <t>Plaque commémorative à Henry Villard</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Charles / Veraart, Charles</t>
+          <t>De Soete, Pierre</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>pierre, marbre, or</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H347" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de sculpture, doré</t>
+          <t>taillé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>108829</v>
+        <v>92390</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>La Danse</t>
+          <t>Episodes de la vie de la Vierge</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Zadkine, Ossip</t>
+          <t>Charles / Veraart, Charles</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>pierre, marbre, or</t>
         </is>
       </c>
       <c r="H348" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, technique de sculpture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>39401</v>
+        <v>108829</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Hubert Krains</t>
+          <t>La Danse</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
-          <t>Wissaert, Paul / Delbrassine, Fernand / Verbeyst</t>
+          <t>Zadkine, Ossip</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>relief, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G349" s="2" t="inlineStr">
         <is>
-          <t>bronze, grès, pierre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H349" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>60969</v>
+        <v>39401</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Hubert Krains</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D350" s="2"/>
+          <t>Art en espace public - Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>Wissaert, Paul / Delbrassine, Fernand / Verbeyst</t>
+        </is>
+      </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1940 - 1945</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>relief, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois, laine</t>
+          <t>bronze, grès, pierre</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
-          <t>feutre, taillé</t>
+          <t>technique de fonte, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>66250</v>
+        <v>60969</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Sceau de la commune de Saint-Gilles</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D351" s="2"/>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1940 - 1945</t>
         </is>
       </c>
-      <c r="F351" s="2"/>
+      <c r="F351" s="2" t="inlineStr">
+        <is>
+          <t>botte</t>
+        </is>
+      </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>cuir, bois, laine</t>
         </is>
       </c>
       <c r="H351" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de fonte</t>
+          <t>feutre, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>93324</v>
+        <v>66250</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Sacré-Coeur de Jésus</t>
+          <t>Sceau de la commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Lambert</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
-          <t>Van Goolen,  Joseph-Gérard</t>
+          <t>inconnu,</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1941 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1940 - 1945</t>
+        </is>
+      </c>
+      <c r="F352" s="2"/>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, taillé</t>
+          <t>taillé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>39264</v>
+        <v>93324</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Buste de Florimond Bruneau</t>
+          <t>Sacré-Coeur de Jésus</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Eglise Saint-Lambert</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
-          <t>(Marguerite Acarin), Akarova</t>
+          <t>Van Goolen,  Joseph-Gérard</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1946 - 1958</t>
+          <t>1941 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>technique de sculpture, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>59274</v>
+        <v>39264</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Buste de Florimond Bruneau</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D354" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D354" s="2" t="inlineStr">
+        <is>
+          <t>(Marguerite Acarin), Akarova</t>
+        </is>
+      </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1950 - 2000</t>
+          <t>1946 - 1958</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
-          <t>papier, bambou</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>peint, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>59626</v>
+        <v>59274</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Éventail cocarde</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>papier, bambou</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>taillé, imprimé</t>
+          <t>peint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>87062</v>
+        <v>59626</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>Éventail cocarde</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D356" s="2"/>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de sculpture, technique d'assemblage</t>
+          <t>taillé, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>87063</v>
+        <v>87062</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
-      <c r="D357" s="2"/>
+      <c r="D357" s="2" t="inlineStr">
+        <is>
+          <t>Dupuis, Jacques / Bastin, Roger</t>
+        </is>
+      </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>fonts baptismaux</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>marbre, laiton</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de fonte</t>
+          <t>taillé, technique de sculpture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>87067</v>
+        <v>87063</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Eglise Sainte-Alène</t>
         </is>
       </c>
-      <c r="D358" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D358" s="2"/>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
-          <t>confessionnal</t>
+          <t>fonts baptismaux</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois, métal, stuc</t>
+          <t>marbre, laiton</t>
         </is>
       </c>
       <c r="H358" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique d'assemblage, poli</t>
+          <t>taillé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>104375</v>
+        <v>87067</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Calice des neuf provinces et patène</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
-          <t>Basilique Nationale du Sacré-Coeur</t>
+          <t>Eglise Sainte-Alène</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph / Rome, Paul</t>
+          <t>Dupuis, Jacques / Bastin, Roger</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1951 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>confessionnal</t>
         </is>
       </c>
       <c r="G359" s="2" t="inlineStr">
         <is>
-          <t>or, ébène, pierre précieuse, diamant</t>
+          <t>marbre, bois, métal, stuc</t>
         </is>
       </c>
       <c r="H359" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, taillé</t>
+          <t>taillé, technique d'assemblage, poli</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>104382</v>
+        <v>104375</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Ciboire</t>
+          <t>Calice des neuf provinces et patène</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
-          <t>Holemans, Henri-Joseph</t>
+          <t>Holemans, Henri-Joseph / Rome, Paul</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1951 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>ciboire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>argent, ivoire, gomme-laque, or</t>
+          <t>or, ébène, pierre précieuse, diamant</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
           <t>technique des métaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>54045</v>
+        <v>104382</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Monument aux victimes civiles de la guerre</t>
+          <t>Ciboire</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Basilique Nationale du Sacré-Coeur</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
-          <t>Vandevoorde, Georges / Fonderie Nationale des Bronzes,  / Jacobs, Henri</t>
+          <t>Holemans, Henri-Joseph</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, oeuvre d'art en espace public</t>
+          <t>ciboire</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>argent, ivoire, gomme-laque, or</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>taillé, moulé</t>
+          <t>technique des métaux, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>87069</v>
+        <v>54045</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>autel majeur</t>
+          <t>Monument aux victimes civiles de la guerre</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Alène</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
-          <t>Bastin, Roger / Marbrerie d'Art Adolphe Ermans &amp; Fils</t>
+          <t>Vandevoorde, Georges / Fonderie Nationale des Bronzes,  / Jacobs, Henri</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
-          <t>autel</t>
+          <t>groupe sculpté, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>taillé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>59815</v>
+        <v>87069</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>autel majeur</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D363" s="2"/>
+          <t>Eglise Sainte-Alène</t>
+        </is>
+      </c>
+      <c r="D363" s="2" t="inlineStr">
+        <is>
+          <t>Bastin, Roger / Marbrerie d'Art Adolphe Ermans &amp; Fils</t>
+        </is>
+      </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1970 - 2000</t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>autel</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>bois, coton, gouache</t>
+          <t>marbre, pierre</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
-          <t>taillé, peint, toile</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>59816</v>
+        <v>59815</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
           <t>Éventail plié</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1970 - 2000</t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
           <t>éventail plié</t>
         </is>
       </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>bois, coton</t>
+          <t>bois, coton, gouache</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>taillé, toile, peint</t>
+          <t>taillé, peint, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>59806</v>
+        <v>59816</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Éventail brisé</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1980 - 2000</t>
+          <t>1970 - 2000</t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
-          <t>éventail brisé</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, coton</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>ajouré [sculpture], taillé</t>
+          <t>taillé, toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>60161</v>
+        <v>59806</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Porte-clef</t>
+          <t>Éventail brisé</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
-      <c r="D366" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D366" s="2"/>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1980 - 2000</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
-          <t>porte-clés</t>
+          <t>éventail brisé</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>métal, caoutchouc</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>ajouré [sculpture], taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>97809</v>
+        <v>60161</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Un banc pour deux</t>
+          <t>Porte-clef</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Koekelberg</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
-          <t>Jakubowska, Halinka</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>porte-clés</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>métal, caoutchouc</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>39929</v>
+        <v>97809</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Un banc pour deux</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Koekelberg</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
-          <t>Van Groeningen, Ghislaine</t>
+          <t>Jakubowska, Halinka</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>95243</v>
+        <v>39929</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Rouffignac</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
-          <t>Delbrassine, Elise</t>
+          <t>Van Groeningen, Ghislaine</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>granit</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>53309</v>
+        <v>95243</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Derby</t>
+          <t>Rouffignac</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
-          <t>de Callataÿ, Joachim / Ets. Callatay</t>
+          <t>Delbrassine, Elise</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>granit</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>59290</v>
+        <v>53309</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Derby à plateforme compensée</t>
+          <t>Derby</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
-          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
+          <t>de Callataÿ, Joachim / Ets. Callatay</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>2010 - 2011</t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>cuir, pin</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>teint, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>59289</v>
+        <v>59290</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
           <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2010 - 2011</t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
           <t>cuir, pin</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
-          <t>taillé, teint</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>59288</v>
+        <v>59289</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>Escarpin à plateforme compensée</t>
+          <t>Derby à plateforme compensée</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F373" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G373" s="2" t="inlineStr">
         <is>
           <t>cuir, pin</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>teint, taillé, peint</t>
+          <t>taillé, teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>64587</v>
+        <v>59288</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>Le chemin de cailloux</t>
+          <t>Escarpin à plateforme compensée</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
-          <t>Wollast, Pascaline / Rossignon, Alexandre</t>
+          <t>Ets. Callatay,  / de Callataÿ, Joachim</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
-          <t>2016 - </t>
+          <t>2012 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
-          <t>pierre, or</t>
+          <t>cuir, pin</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>teint, taillé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>64704</v>
+        <v>64587</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Un jardin sous les étoiles</t>
+          <t>Le chemin de cailloux</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
-          <t>Savitzkaya, Eugène / André, Marie / Kozakis, Nicolas</t>
+          <t>Wollast, Pascaline / Rossignon, Alexandre</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2016 - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>pierre, matière végétale, acier, béton</t>
+          <t>pierre, or</t>
         </is>
       </c>
       <c r="H375" s="2" t="inlineStr">
         <is>
-          <t>taillé, technique de galvanisation</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
+        <v>64704</v>
+      </c>
+      <c r="B376" s="2" t="inlineStr">
+        <is>
+          <t>Un jardin sous les étoiles</t>
+        </is>
+      </c>
+      <c r="C376" s="2" t="inlineStr">
+        <is>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D376" s="2" t="inlineStr">
+        <is>
+          <t>Savitzkaya, Eugène / André, Marie / Kozakis, Nicolas</t>
+        </is>
+      </c>
+      <c r="E376" s="2" t="inlineStr">
+        <is>
+          <t>2021 - </t>
+        </is>
+      </c>
+      <c r="F376" s="2" t="inlineStr">
+        <is>
+          <t>oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G376" s="2" t="inlineStr">
+        <is>
+          <t>pierre, matière végétale, acier, béton</t>
+        </is>
+      </c>
+      <c r="H376" s="2" t="inlineStr">
+        <is>
+          <t>taillé, technique de galvanisation</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="1" t="n">
         <v>106087</v>
       </c>
-      <c r="B376" s="2" t="inlineStr">
+      <c r="B377" s="2" t="inlineStr">
         <is>
           <t>Sainte Thérèse de Lisieux. Sculpture et peintures murales</t>
         </is>
       </c>
-      <c r="C376" s="2" t="inlineStr">
+      <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
-      <c r="D376" s="2" t="inlineStr">
+      <c r="D377" s="2" t="inlineStr">
         <is>
           <t>Van Perck, Pierre Henri</t>
         </is>
       </c>
-      <c r="E376" s="2" t="inlineStr">
+      <c r="E377" s="2" t="inlineStr">
         <is>
           <t>2025 - 2025</t>
         </is>
       </c>
-      <c r="F376" s="2" t="inlineStr">
+      <c r="F377" s="2" t="inlineStr">
         <is>
           <t>fresque, statue</t>
         </is>
       </c>
-      <c r="G376" s="2" t="inlineStr">
+      <c r="G377" s="2" t="inlineStr">
         <is>
           <t>bois, pierre, peinture</t>
         </is>
       </c>
-      <c r="H376" s="2" t="inlineStr">
+      <c r="H377" s="2" t="inlineStr">
         <is>
           <t>taillé, technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">