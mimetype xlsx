--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -579,237 +579,237 @@
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1903 - 1904</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>chaussage et accessoire de chaussage</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>69980</v>
+        <v>57542</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
+          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>percussion, accessoire de musique</t>
+          <t>fauteuil</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre</t>
+          <t>cuir, acier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>69981</v>
+        <v>69980</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
+          <t>Baudrier et baguettes de tambour de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>percussion</t>
+          <t>percussion, accessoire de musique</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir, cuivre, fer</t>
+          <t>bois, cuir, cuivre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
+          <t>technique du cuir, tourné [bois], technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>69990</v>
+        <v>69981</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Baudrier d’épée de l’Ommegang de Bruxelles de 1930</t>
+          <t>Cymbales et étui de l’Ommegang de Bruxelles de 1930 </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>inconnu</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>autres objets militaires</t>
+          <t>percussion</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>bois, cuir</t>
+          <t>bois, cuir, cuivre, fer</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>technique du cuir, martelé, technique des métaux, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>81049</v>
+        <v>69990</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Chaussures</t>
+          <t>Baudrier d’épée de l’Ommegang de Bruxelles de 1930</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D16" s="2"/>
+          <t>Société royale "Ommegang Oppidi Bruxellensis"</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1939</t>
-[...2 lines deleted...]
-      <c r="F16" s="2"/>
+          <t>1930 - </t>
+        </is>
+      </c>
+      <c r="F16" s="2" t="inlineStr">
+        <is>
+          <t>autres objets militaires</t>
+        </is>
+      </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal</t>
+          <t>bois, cuir</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>57542</v>
+        <v>81049</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Fauteuil pour la salle à manger de Mme France à Copenhague</t>
+          <t>Chaussures</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1930 - 1939</t>
+        </is>
+      </c>
+      <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>cuir, acier</t>
+          <t>cuir, métal</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir, technique des métaux</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>58053</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1960 - 1979</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
@@ -847,220 +847,220 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>tanné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>58003</v>
+        <v>81617</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1973</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>81617</v>
+        <v>81625</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>daim</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>satin, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>81625</v>
+        <v>81776</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Molières</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
+          <t>cuir, matière synthétique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>satin, technique du cuir</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>81776</v>
+        <v>81960</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Molières</t>
+          <t>Mules</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>cuir, matière synthétique</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>81960</v>
+        <v>58003</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Mules</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1973</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>57843</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>