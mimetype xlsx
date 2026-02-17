--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -847,220 +847,220 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>tanné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>81617</v>
+        <v>58003</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1973</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>cuir, bois</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>81625</v>
+        <v>81617</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Sandales</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>satin, technique du cuir</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>81776</v>
+        <v>81625</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Molières</t>
+          <t>Sandales</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>cuir, matière synthétique</t>
+          <t>daim</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>satin, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>81960</v>
+        <v>81776</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Mules</t>
+          <t>Molières</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>cuir, matière synthétique</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>58003</v>
+        <v>81960</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Sandales</t>
+          <t>Mules</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1973</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>chaussure</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>cuir, bois</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>57843</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>