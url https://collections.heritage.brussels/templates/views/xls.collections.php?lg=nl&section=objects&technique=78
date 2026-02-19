--- v0 (2025-11-16)
+++ v1 (2026-02-19)
@@ -179,1034 +179,1034 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>108084</v>
+        <v>68543</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le joueur de flûte de Hamelin (adapté par François Mathieu) </t>
+          <t>Louis Liévin Théophile Clesse, La tour de l'église gothique, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Clesse,  Louis</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G2" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>108085</v>
+        <v>64272</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le joueur de flûte de Hamelin (adapté par François Mathieu)</t>
+          <t>Toupie</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G3" s="2"/>
+          <t>jeu, jouet</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>bois, métal</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>108087</v>
+        <v>107058</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
+          <t>Illustration inédite - Fanny</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Seuil Jeunesse éditions</t>
+          <t>Dendoven, Gerda / Dendooven, Gerda</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>108088</v>
+        <v>108055</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
+          <t>Affiche - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Seuil Jeunesse éditions</t>
+          <t>Angeli, May</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>108089</v>
+        <v>108057</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
+          <t>Illustration originale - Les histoires merveilleuses de l'hippocampe (Aimée Césaire)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>108090</v>
+        <v>108068</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
+          <t>Illustration originale - Le lion et les 3 buffles (Moncef Dhouib)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Didier Jeunesse éditions,  / Angeli, May</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>108091</v>
+        <v>108069</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
+          <t>Illustration originale - L'enfant d'éléphant (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Didier Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>108092</v>
+        <v>108071</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le refrain du vieux kangourou (Rudyard Kipling)</t>
+          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>gravure sur bois</t>
+          <t>gravure sur bois, gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>108093</v>
+        <v>108072</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le refrain du vieux kangourou (Rudyard Kipling)</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>108094</v>
+        <v>108073</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - La première lettre (Rudyard Kipling)</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>108095</v>
+        <v>108074</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - L'enfant d'éléphant (Rudyard Kipling)</t>
+          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>108096</v>
+        <v>108075</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Comment le léopard se fit des taches (Rudyard Kipling)</t>
+          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>108185</v>
+        <v>108076</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Baleines</t>
+          <t>Illustration originale - Le rayon vert (Jules Verne)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Fourrey, Clément</t>
+          <t>Angeli, May / Syros éditions</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>108186</v>
+        <v>108081</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Pieuvre</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Fourrey, Clément</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E15" s="2"/>
-      <c r="F15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>108187</v>
+        <v>108082</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Méduse</t>
+          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Fourrey, Clément</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>107058</v>
+        <v>108083</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Fanny</t>
+          <t>Illustration originale - Des histoires comme ça (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Dendoven, Gerda / Dendooven, Gerda</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>108055</v>
+        <v>108084</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Affiche - Le livre de la jungle (Rudyard Kipling)</t>
+          <t>Illustration originale - Le joueur de flûte de Hamelin (adapté par François Mathieu) </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>108057</v>
+        <v>108085</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les histoires merveilleuses de l'hippocampe (Aimée Césaire)</t>
+          <t>Illustration originale - Le joueur de flûte de Hamelin (adapté par François Mathieu)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Seuil Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>108068</v>
+        <v>108087</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le lion et les 3 buffles (Moncef Dhouib)</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>108069</v>
+        <v>108088</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - L'enfant d'éléphant (Rudyard Kipling)</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>108071</v>
+        <v>108089</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
+          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Angeli, May / Seuil Jeunesse éditions</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>gravure sur bois, gravure sur bois</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>108072</v>
+        <v>108090</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Didier Jeunesse éditions</t>
+          <t>Didier Jeunesse éditions,  / Angeli, May</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>108073</v>
+        <v>108091</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Angeli, May / Didier Jeunesse éditions</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>108074</v>
+        <v>108092</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le carnaval des animaux sud-américains (Carl Norac)</t>
+          <t>Illustration originale - Le refrain du vieux kangourou (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Didier Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>108075</v>
+        <v>108093</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
+          <t>Illustration originale - Le refrain du vieux kangourou (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Seuil Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>108076</v>
+        <v>108094</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le rayon vert (Jules Verne)</t>
+          <t>Illustration originale - La première lettre (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Syros éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>108081</v>
+        <v>108095</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Le livre de la jungle (Rudyard Kipling)</t>
+          <t>Illustration originale - L'enfant d'éléphant (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Seuil Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>108082</v>
+        <v>108096</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Les merveilleuses histoires de l'hippocampe (Aimé Césaire)</t>
+          <t>Illustration originale - Comment le léopard se fit des taches (Rudyard Kipling)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Seuil Jeunesse éditions</t>
+          <t>Angeli, May / Le Sorbier éditions</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>108083</v>
+        <v>108185</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Des histoires comme ça (Rudyard Kipling)</t>
+          <t>Illustration inédite - Baleines</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Angeli, May / Le Sorbier éditions</t>
+          <t>Fourrey, Clément</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>68543</v>
+        <v>108186</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Louis Liévin Théophile Clesse, La tour de l'église gothique, gravure sur bois, s.d.</t>
+          <t>Illustration inédite - Pieuvre</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Clesse,  Louis</t>
+          <t>Fourrey, Clément</t>
         </is>
       </c>
       <c r="E31" s="2"/>
-      <c r="F31" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>64272</v>
+        <v>108187</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Toupie</t>
+          <t>Illustration inédite - Méduse</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...2 lines deleted...]
-      <c r="D32" s="2"/>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Fourrey, Clément</t>
+        </is>
+      </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>jeu, jouet</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>43818</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>La maison de bains d'Aix-la-Chapelle</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Dürer,  Albrecht</t>
         </is>
       </c>
@@ -2039,175 +2039,175 @@
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1915 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>68964</v>
+        <v>68551</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Léon Perrin, Le paysage brabançon, gravure sur bois, 1917.</t>
+          <t>Léon Perrin, L'aigle (rouge), gravure sur bois, 1917.</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Perrin, Léon</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>68551</v>
+        <v>68552</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Léon Perrin, L'aigle (rouge), gravure sur bois, 1917.</t>
+          <t>Léon Perrin, L'aigle (noir), gravure sur bois, 1917.</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Perrin, Léon</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>68552</v>
+        <v>68725</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Léon Perrin, L'aigle (noir), gravure sur bois, 1917.</t>
+          <t>Léon Perrin, La mare, gravure sur bois, 1917.</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Perrin, Léon</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>68725</v>
+        <v>68964</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Léon Perrin, La mare, gravure sur bois, 1917.</t>
+          <t>Léon Perrin, Le paysage brabançon, gravure sur bois, 1917.</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Perrin, Léon</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier</t>
@@ -2279,105 +2279,105 @@
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>68384</v>
+        <v>68866</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Jeanne Kerremans, L'éléphant, xylogravure, 1929.</t>
+          <t>Luigi Servolini, Il mare [la mer], xylogravure sur papier, 1929.</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Kerremans, Jeanne</t>
+          <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>68866</v>
+        <v>68384</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Il mare [la mer], xylogravure sur papier, 1929.</t>
+          <t>Jeanne Kerremans, L'éléphant, xylogravure, 1929.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Servolini, Luigi</t>
+          <t>Kerremans, Jeanne</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
@@ -2399,95 +2399,95 @@
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>68881</v>
+        <v>68869</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I fiori - otto tavole [les fleurs - huit tables], xylogravure, 1931.</t>
+          <t>Luigi  Servolini, La fuga in Egitto [La fuite en Egypte], xylogravure, 1931.</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>68869</v>
+        <v>68881</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Luigi  Servolini, La fuga in Egitto [La fuite en Egypte], xylogravure, 1931.</t>
+          <t>Luigi Servolini, I fiori - otto tavole [les fleurs - huit tables], xylogravure, 1931.</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier</t>
@@ -2519,375 +2519,375 @@
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>68876</v>
+        <v>68864</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Ultime luci sul deserto [dernières lumières sur le désert], xylogravure, 1934.</t>
+          <t>Luigi Servolini, Mercato all'aperto [marché en plein air], gravure sur bois, 1934.</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>68864</v>
+        <v>68872</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Mercato all'aperto [marché en plein air], gravure sur bois, 1934.</t>
+          <t>Luigi Servolini, Bellessa di Giarabub [beauté de Giarabub], xylogravure, 1934.</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>68872</v>
+        <v>68876</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Bellessa di Giarabub [beauté de Giarabub], xylogravure, 1934.</t>
+          <t>Luigi Servolini, Ultime luci sul deserto [dernières lumières sur le désert], xylogravure, 1934.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>68875</v>
+        <v>68871</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Desco familiare [table-cantine familiale], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Urbino [Urbin], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>68877</v>
+        <v>68875</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Venditrice di orci [marchande de poteries], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Desco familiare [table-cantine familiale], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>68879</v>
+        <v>68877</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Mio padre [mon père], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Venditrice di orci [marchande de poteries], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>68882</v>
+        <v>68879</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I pesci - dieci legni [les poissons - dix bois], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Mio padre [mon père], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>68883</v>
+        <v>68882</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Nel parco (tre legni) [Dans le parc (trois bois)], xylogravure, 1935.</t>
+          <t>Luigi Servolini, I pesci - dieci legni [les poissons - dix bois], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>68871</v>
+        <v>68883</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Urbino [Urbin], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Nel parco (tre legni) [Dans le parc (trois bois)], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>papier</t>
@@ -2915,2065 +2915,2065 @@
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>68929</v>
+        <v>68891</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Filip Van Hoof, La ruelle, gravure sur bois, s.d.</t>
+          <t>André Carpentier, La dame au manteau, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Van Hoof, Filip</t>
+          <t>Carpentier, André</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>68930</v>
+        <v>68892</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Filip Van Hoof, Bicoque et usine, gravure sur bois, s.d.</t>
+          <t>André Carpentier, La charmeuse de serpent, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Van Hoof, Filip</t>
+          <t>Carpentier, André</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>68931</v>
+        <v>68893</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Filip Van Hoof, La vieille métairie, gravure sur bois, s.d..</t>
+          <t>André Carpentier, Profil de l'artiste, gravure sur bois, s.s.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Van Hoof, Filip</t>
+          <t>Carpentier, André</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>68932</v>
+        <v>68894</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Filip Van Hoof, Etude de nu féminin, gravure sur bois, s.d.</t>
+          <t>André Carpentier, Paysage d'hiver, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Van Hoof, Filip</t>
+          <t>Carpentier, André</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>68933</v>
+        <v>68626</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Filip Van Hoof, Tête de paysan, gravure sur bois, s.d.</t>
+          <t>William Nicholson, Bismarck, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Van Hoof, Filip</t>
+          <t>Nicholson, William</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>68950</v>
+        <v>68919</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Walter Sauer, Hardi, gravure sur bois, s.d.</t>
+          <t>Valentin Edgar Van Uytvanck, Femme de l'ile d'Urk, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Sauer, Walter</t>
+          <t>Van Uytvanck, Vanlentin Edgar</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>68951</v>
+        <v>68627</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Walter Sauer, Laitière, gravure sur bois, s.d.</t>
+          <t>William Nicholson, Sarah Bernhardt, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Sauer, Walter</t>
+          <t>Nicholson, William</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>68961</v>
+        <v>68628</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Léon Perrin, Tête de montagnarde suisse, gravure sur bois, s.d.</t>
+          <t>William Nicholson, La reine Victoria, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Perrin, Léon</t>
+          <t>Nicholson, William</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>68984</v>
+        <v>68629</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Félix Vallotton, Les cygnes, gravure sur bois, s.d</t>
+          <t>William Nicholson, Whistler, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Vallotton, Félix</t>
+          <t>Nicholson, William</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>69027</v>
+        <v>68855</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Paul-Emile Colin, Homme qui bat sa faux, gravure sur bois, s.d.</t>
+          <t>Maurice Brocas, Le miracle de Saint-Martin (a), xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Colin, Paul-emile</t>
+          <t>Brocas, Maurice</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>69036</v>
+        <v>68856</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Jean Emile Laboureur, Le matelot, xylogravure, s.d.</t>
+          <t>Maurice Brocas, Le miracle de Saint-Martin (b), xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Laboureur, J.</t>
+          <t>Brocas, Maurice</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>69037</v>
+        <v>68857</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Jean Emile Laboureur, Cavaliers et promeneurs, xylogravure, s.d.</t>
+          <t>Maurice Brocas, Le miracle de Saint-Martin (c), xylogravure, s.d. </t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Laboureur, J.</t>
+          <t>Brocas, Maurice</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>69088</v>
+        <v>68860</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Albert Van Holsbeeck, Ex-libris Sander Pierron, gravure sur bois, s.d.</t>
+          <t>Elisabeth Ivanovsky, Le pèlerin, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Van Holsbeeck, Albert</t>
+          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>69101</v>
+        <v>68861</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Gabriel Belot, La ronde enfantine autour du pommier, gravure sur bois, s.d.</t>
+          <t>Elisabeth Ivanovsky, Le donjon carré, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Belot, Gabriel</t>
+          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>68923</v>
+        <v>68862</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Gaston Joseph Wallaert, Tête de Christ, gravure sur bois, s.d.</t>
+          <t>Elisabeth Ivanovsky, Le hameau montagnard, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Wallaert, Gaston Joseph</t>
+          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>68928</v>
+        <v>68865</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Filip Van Hoof, Le hâleur, gravure sur bois, s.d.</t>
+          <t>Luigi Servolini, Il cipressetto [le cyprès], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Van Hoof, Filip</t>
+          <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>68874</v>
+        <v>68867</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Urbino : chiesa bramantesca di S Bernardino [l'église Saint-Bernardin], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Sancto Uberto [Saint Hubert], xylogravure, s.d. [1932].</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>68451</v>
+        <v>68868</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Jehan Frison, La danseuse foraine, gravure sur bois, s.d.</t>
+          <t>Luigi Servolini, Les pins, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>68452</v>
+        <v>68870</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Jehan Frison, Les faisans, gravure sur bois, s.d.</t>
+          <t>Luigi Servolini, San Cristoforo [Saint Christophe], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>68453</v>
+        <v>68375</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Jehan Frison, Etang à l'orée du bois, gravure sur bois, s.d.</t>
+          <t>Auguste Mambour, Amour, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Mambour, Auguste</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>68455</v>
+        <v>68379</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Robert Durieux, De hoeve [La ferme], gravure sur bois, s.d.</t>
+          <t>René Leclercq, La cathédrale, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Durieux, Robert</t>
+          <t>Leclercq, René</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>68456</v>
+        <v>68873</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Robert Durieux, De wilg [Le saule], gravure sur bois, s.d.</t>
+          <t>Luigi Servolini, I pesci [les poissons], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Durieux, Robert</t>
+          <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>68880</v>
+        <v>68874</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Vicolo [ruelle], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Urbino : chiesa bramantesca di S Bernardino [l'église Saint-Bernardin], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>68459</v>
+        <v>68451</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Charles Doudelet, L'eterno sogno del Siegfrid [Le songe éternel de Siegfried], gravure sur bois, s.d.</t>
+          <t>Jehan Frison, La danseuse foraine, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Doudelet, Charles</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>68538</v>
+        <v>68452</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Jan Claessens, La sorcière, gravure sur bois, s.d.</t>
+          <t>Jehan Frison, Les faisans, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Jan</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>68540</v>
+        <v>68453</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Jan Claessens, Vieille ruelle, gravure sur bois, s.d.</t>
+          <t>Jehan Frison, Etang à l'orée du bois, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Jan</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>68541</v>
+        <v>68455</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Jan Claessens, Le chasseur préhistorique, gravure sur bois, s.d.</t>
+          <t>Robert Durieux, De hoeve [La ferme], gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Jan</t>
+          <t>Durieux, Robert</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>68889</v>
+        <v>68456</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Maurice Brocas, La procession nocturne, gravure sur bois, s.d.</t>
+          <t>Robert Durieux, De wilg [Le saule], gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Brocas, Maurice</t>
+          <t>Durieux, Robert</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>68542</v>
+        <v>68880</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Jan Claessens, Port de batelage, gravure sur bois, s.d.</t>
+          <t>Luigi Servolini, Vicolo [ruelle], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Claessens, Jan</t>
+          <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>68891</v>
+        <v>68459</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>André Carpentier, La dame au manteau, gravure sur bois, s.d.</t>
+          <t>Charles Doudelet, L'eterno sogno del Siegfrid [Le songe éternel de Siegfried], gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Carpentier, André</t>
+          <t>Doudelet, Charles</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>68892</v>
+        <v>68538</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>André Carpentier, La charmeuse de serpent, gravure sur bois, s.d.</t>
+          <t>Jan Claessens, La sorcière, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Carpentier, André</t>
+          <t>Claessens, Jan</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>68893</v>
+        <v>68540</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>André Carpentier, Profil de l'artiste, gravure sur bois, s.s.</t>
+          <t>Jan Claessens, Vieille ruelle, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Carpentier, André</t>
+          <t>Claessens, Jan</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>68894</v>
+        <v>68541</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>André Carpentier, Paysage d'hiver, gravure sur bois, s.d.</t>
+          <t>Jan Claessens, Le chasseur préhistorique, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Carpentier, André</t>
+          <t>Claessens, Jan</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>68626</v>
+        <v>68889</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>William Nicholson, Bismarck, xylogravure, s.d.</t>
+          <t>Maurice Brocas, La procession nocturne, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
-          <t>Nicholson, William</t>
+          <t>Brocas, Maurice</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>68919</v>
+        <v>68542</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Valentin Edgar Van Uytvanck, Femme de l'ile d'Urk, gravure sur bois, s.d.</t>
+          <t>Jan Claessens, Port de batelage, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Van Uytvanck, Vanlentin Edgar</t>
+          <t>Claessens, Jan</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>68627</v>
+        <v>68923</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>William Nicholson, Sarah Bernhardt, xylogravure, s.d.</t>
+          <t>Gaston Joseph Wallaert, Tête de Christ, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Nicholson, William</t>
+          <t>Wallaert, Gaston Joseph</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>68628</v>
+        <v>68928</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>William Nicholson, La reine Victoria, xylogravure, s.d.</t>
+          <t>Filip Van Hoof, Le hâleur, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Nicholson, William</t>
+          <t>Van Hoof, Filip</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>68629</v>
+        <v>68929</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>William Nicholson, Whistler, xylogravure, s.d.</t>
+          <t>Filip Van Hoof, La ruelle, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Nicholson, William</t>
+          <t>Van Hoof, Filip</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>68855</v>
+        <v>68930</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Maurice Brocas, Le miracle de Saint-Martin (a), xylogravure, s.d.</t>
+          <t>Filip Van Hoof, Bicoque et usine, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
-          <t>Brocas, Maurice</t>
+          <t>Van Hoof, Filip</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>68856</v>
+        <v>68931</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Maurice Brocas, Le miracle de Saint-Martin (b), xylogravure, s.d.</t>
+          <t>Filip Van Hoof, La vieille métairie, gravure sur bois, s.d..</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Brocas, Maurice</t>
+          <t>Van Hoof, Filip</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>68857</v>
+        <v>68932</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Maurice Brocas, Le miracle de Saint-Martin (c), xylogravure, s.d. </t>
+          <t>Filip Van Hoof, Etude de nu féminin, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Brocas, Maurice</t>
+          <t>Van Hoof, Filip</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>68860</v>
+        <v>68933</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, Le pèlerin, gravure sur bois, s.d.</t>
+          <t>Filip Van Hoof, Tête de paysan, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
+          <t>Van Hoof, Filip</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>68861</v>
+        <v>68950</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, Le donjon carré, gravure sur bois, s.d.</t>
+          <t>Walter Sauer, Hardi, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
+          <t>Sauer, Walter</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>68862</v>
+        <v>68951</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, Le hameau montagnard, gravure sur bois, s.d.</t>
+          <t>Walter Sauer, Laitière, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
+          <t>Sauer, Walter</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>68865</v>
+        <v>68961</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Il cipressetto [le cyprès], xylogravure, s.d.</t>
+          <t>Léon Perrin, Tête de montagnarde suisse, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Servolini, Luigi</t>
+          <t>Perrin, Léon</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>68867</v>
+        <v>68984</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Sancto Uberto [Saint Hubert], xylogravure, s.d. [1932].</t>
+          <t>Félix Vallotton, Les cygnes, gravure sur bois, s.d</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Servolini, Luigi</t>
+          <t>Vallotton, Félix</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>68868</v>
+        <v>69027</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Les pins, xylogravure, s.d.</t>
+          <t>Paul-Emile Colin, Homme qui bat sa faux, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Servolini, Luigi</t>
+          <t>Colin, Paul-emile</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>68870</v>
+        <v>69036</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, San Cristoforo [Saint Christophe], xylogravure, s.d.</t>
+          <t>Jean Emile Laboureur, Le matelot, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Servolini, Luigi</t>
+          <t>Laboureur, J.</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>68375</v>
+        <v>69037</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Auguste Mambour, Amour, xylogravure, s.d.</t>
+          <t>Jean Emile Laboureur, Cavaliers et promeneurs, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Mambour, Auguste</t>
+          <t>Laboureur, J.</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>68379</v>
+        <v>69088</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>René Leclercq, La cathédrale, gravure sur bois, s.d.</t>
+          <t>Albert Van Holsbeeck, Ex-libris Sander Pierron, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Leclercq, René</t>
+          <t>Van Holsbeeck, Albert</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>68873</v>
+        <v>69101</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I pesci [les poissons], xylogravure, s.d.</t>
+          <t>Gabriel Belot, La ronde enfantine autour du pommier, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Servolini, Luigi</t>
+          <t>Belot, Gabriel</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>