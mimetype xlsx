--- v0 (2025-11-16)
+++ v1 (2026-02-19)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H103"/>
+  <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -247,3915 +247,4215 @@
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Miller, Den</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t> - 1998</t>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83945</v>
+        <v>108172</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Mère et enfant</t>
+          <t>illustration inédite - Le chat</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Counhaye, Charles</t>
+          <t>Estrela, Joana</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>107065</v>
+        <v>83945</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Loup couché dans l'herbe</t>
+          <t>Mère et enfant</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Descamps, Dominique</t>
+          <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>107066</v>
+        <v>107065</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Cochon parmi les fleurs</t>
+          <t>Illustration inédite - Loup couché dans l'herbe</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>linogravure, collage</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>107067</v>
+        <v>107066</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédité - Souris dansante</t>
+          <t>Illustration inédite - Cochon parmi les fleurs</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>107068</v>
+        <v>107067</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Renard dans la forêt</t>
+          <t>Illustration inédité - Souris dansante</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>107069</v>
+        <v>107068</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Loup habillé</t>
+          <t>Illustration inédite - Renard dans la forêt</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>linogravure, collage</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>107070</v>
+        <v>107069</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Vache couchée dans les fleurs</t>
+          <t>Illustration inédite - Loup habillé</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>107071</v>
+        <v>107070</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Loup dubitatif</t>
+          <t>Illustration inédite - Vache couchée dans les fleurs</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>linogravure, collage</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>107072</v>
+        <v>107071</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Ecureuil</t>
+          <t>Illustration inédite - Loup dubitatif</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>107073</v>
+        <v>107072</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite -Forêt magique</t>
+          <t>Illustration inédite - Ecureuil</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>108172</v>
+        <v>107073</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>illustration inédite - Le chat</t>
+          <t>Illustration inédite -Forêt magique</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Estrela, Joana</t>
+          <t>Descamps, Dominique</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>39173</v>
+        <v>107192</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Coin à Schaerbeek</t>
+          <t>Reproduction - Coloriages (Cowboy)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
-[...16 lines deleted...]
-      </c>
+          <t>Jolivet, Joëlle / Les Grandes Personnes éditions</t>
+        </is>
+      </c>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>39174</v>
+        <v>107193</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ferme de Linthout</t>
+          <t>Reproduction - Coloriages (Pirate)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Collaert, Hans</t>
-[...6 lines deleted...]
-      </c>
+          <t>Jolivet, Joëlle / Les Grandes Personnes éditions</t>
+        </is>
+      </c>
+      <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>67682</v>
+        <v>107194</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Damme en Flandre</t>
+          <t>Reproduction - Au froid</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
-[...6 lines deleted...]
-      </c>
+          <t>Jolivet, Joëlle</t>
+        </is>
+      </c>
+      <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>68902</v>
+        <v>107202</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Le petit village, linogravure, 1920.</t>
+          <t>Linogravure - Femmes nues à la Picasso</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François / Cantré, Jan Frans</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>68570</v>
+        <v>107203</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Paysage, linogravue, 1922.</t>
+          <t>Linogravure - Père Noël patineur</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>68903</v>
+        <v>107204</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Les mendiants, linogravure, 1922.</t>
+          <t>Linogravure - Crèche avec Père Noël </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jan Frans</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>68565</v>
+        <v>107205</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Joueur d'accordéon, linogravure, 1923.</t>
+          <t>Linogravure - Dessin abstrait</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>68571</v>
+        <v>107206</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Tête de Christ, linogravure, 1923.</t>
+          <t>Lithogravure - Village</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>68572</v>
+        <v>107207</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Maria [la Vierge Marie], linogravure, 1923.</t>
+          <t>Lithogravure - Shiva</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kikie Crevecoeur</t>
+        </is>
+      </c>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>68574</v>
+        <v>39173</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Tricoteuse, linogravure, 1923.</t>
+          <t>Coin à Schaerbeek</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>68897</v>
+        <v>39174</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Fructidor (en-tête), linogravure, 1923.</t>
+          <t>Ferme de Linthout</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François</t>
+          <t>Collaert, Hans</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>68550</v>
+        <v>67682</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Fructidor, gravure, 1923.</t>
+          <t>Damme en Flandre</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>68898</v>
+        <v>68902</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Tête de berger, linogravure, 1923.</t>
+          <t>Jean François Cantré, Le petit village, linogravure, 1920.</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François</t>
+          <t>Cantré, Jean François / Cantré, Jan Frans</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>68899</v>
+        <v>68570</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, La vieille, linogravure, 1923.</t>
+          <t>Edouard Moreels, Paysage, linogravue, 1922.</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François / Cantré, Jan Frans</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>68904</v>
+        <v>68903</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Les fruits, linogravure, 1923.</t>
+          <t>Jean François Cantré, Les mendiants, linogravure, 1922.</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François</t>
+          <t>Cantré, Jan Frans</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>68962</v>
+        <v>68574</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Léon Perrin, Vieilles fermes brabançonnes dans la vallée de la Pede, linogravure sur papier calque, 1923.</t>
+          <t>Edouard Moreels, Tricoteuse, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Perrin, Léon</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>68901</v>
+        <v>68897</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Jean François Cantré, Vieilles maisons, linogravure, 1923.</t>
+          <t>Jean François Cantré, Fructidor (en-tête), linogravure, 1923.</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Cantré, Jean François</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>68566</v>
+        <v>68550</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Cul-de-lampe, linogravure, 1924.</t>
+          <t>Jean François Cantré, Fructidor, gravure, 1923.</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Cantré, Jean François</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>68575</v>
+        <v>68898</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Coureur, linogravure, 1924.</t>
+          <t>Jean François Cantré, Tête de berger, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Cantré, Jan Frans</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>68444</v>
+        <v>68899</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Paul Hermans, Adoration des bergers, gravure, 1924.</t>
+          <t>Jean François Cantré, La vieille, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Paul</t>
+          <t>Cantré, Jan Frans</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>68446</v>
+        <v>68565</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Paul Hermans, Femme nue (illustration pour jardin des rêves), linogravure sur papier, 1924.</t>
+          <t>Edouard Moreels, Joueur d'accordéon, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Hermans, Paul</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>68563</v>
+        <v>68571</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Zeg, kwezelke wilde gij dansen, linogravure, 1925.</t>
+          <t>Edouard Moreels, Tête de Christ, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>68564</v>
+        <v>68572</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Un homme barbu, linogravure, 1925.</t>
+          <t>Edouard Moreels, Maria [la Vierge Marie], linogravure, 1923.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>68567</v>
+        <v>68904</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Fille avec poupées, linogravure, 1925.</t>
+          <t>Jean François Cantré, Les fruits, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Cantré, Jean François</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>68568</v>
+        <v>68962</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Tête de jeune homme, linogravure, 1925.</t>
+          <t>Léon Perrin, Vieilles fermes brabançonnes dans la vallée de la Pede, linogravure sur papier calque, 1923.</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Perrin, Léon</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>68569</v>
+        <v>68901</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Straatmuziek [musique de rue], linogravure, 1925.</t>
+          <t>Jean François Cantré, Vieilles maisons, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Cantré, Jean François</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>68576</v>
+        <v>68575</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Paysan aux lunettes, linogravure, 1925.</t>
+          <t>Edouard Moreels, Coureur, linogravure, 1924.</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>68858</v>
+        <v>68444</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Georges-Marie Baltus, Le Sphynx, linogravure, 1925.</t>
+          <t>Paul Hermans, Adoration des bergers, gravure, 1924.</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Baltus, Georges-Marie</t>
+          <t>Hermans, Paul</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1925 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>68863</v>
+        <v>68446</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, La légende de Saint-Nicolas, linogravure, 1934.</t>
+          <t>Paul Hermans, Femme nue (illustration pour jardin des rêves), linogravure sur papier, 1924.</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
+          <t>Hermans, Paul</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>linogravure, rehaussé</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>87619</v>
+        <v>68566</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Proverbes flamands </t>
+          <t>Edouard Moreels, Cul-de-lampe, linogravure, 1924.</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
-[...3 lines deleted...]
-      <c r="G44" s="2"/>
+          <t>1924 - </t>
+        </is>
+      </c>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>87618</v>
+        <v>68576</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les 7 âges de la vie </t>
+          <t>Edouard Moreels, Paysan aux lunettes, linogravure, 1925.</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
-[...3 lines deleted...]
-      <c r="G45" s="2"/>
+          <t>1925 - </t>
+        </is>
+      </c>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>38871</v>
+        <v>68858</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Le terril</t>
+          <t>Georges-Marie Baltus, Le Sphynx, linogravure, 1925.</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Georges, Philippe</t>
+          <t>Baltus, Georges-Marie</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, pastel</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>39889</v>
+        <v>68563</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Le Neptunium</t>
+          <t>Edouard Moreels, Zeg, kwezelke wilde gij dansen, linogravure, 1925.</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Salemi, Jean Claude</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>38487</v>
+        <v>68564</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ballet</t>
+          <t>Edouard Moreels, Un homme barbu, linogravure, 1925.</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, panneau</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>linogravure, technique de peinture</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>42102</v>
+        <v>68567</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Indien d'Amazonie</t>
+          <t>Edouard Moreels, Fille avec poupées, linogravure, 1925.</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
-[...3 lines deleted...]
-      <c r="G49" s="2"/>
+          <t>1925 - </t>
+        </is>
+      </c>
+      <c r="F49" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G49" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>56776</v>
+        <v>68568</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Songe</t>
+          <t>Edouard Moreels, Tête de jeune homme, linogravure, 1925.</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Miller, Den</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
-[...2 lines deleted...]
-      <c r="F50" s="2"/>
+          <t>1925 - </t>
+        </is>
+      </c>
+      <c r="F50" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>39905</v>
+        <v>68569</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Le Botanique</t>
+          <t>Edouard Moreels, Straatmuziek [musique de rue], linogravure, 1925.</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Jamin, Georges</t>
+          <t>Moreels, Edouard</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1925 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>41791</v>
+        <v>68863</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Frôlement d'herbe</t>
+          <t>Elisabeth Ivanovsky, La légende de Saint-Nicolas, linogravure, 1934.</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Lefèvre, Sarah</t>
+          <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
-[...3 lines deleted...]
-      <c r="G52" s="2"/>
+          <t>1934 - </t>
+        </is>
+      </c>
+      <c r="F52" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G52" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>94946</v>
+        <v>87619</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Archipelagos N°1</t>
+          <t>Proverbes flamands </t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Kokkinos, Niki</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1934 - </t>
+        </is>
+      </c>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>linogravure, technique mixte</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>95402</v>
+        <v>87618</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Negro</t>
+          <t>Les 7 âges de la vie </t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>De Heyn, Georges</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1935 - </t>
+        </is>
+      </c>
+      <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>107682</v>
+        <v>38871</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Homo mellifera</t>
+          <t>Le terril</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Georges, Philippe</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, pastel</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>107685</v>
+        <v>39889</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Forza insectifera</t>
+          <t>Le Neptunium</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Salemi, Jean Claude</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>107703</v>
+        <v>38487</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>The happy bug</t>
+          <t>Ballet</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, panneau</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>107704</v>
+        <v>42102</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Trois hirondelles</t>
+          <t>Indien d'Amazonie</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>2024 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1993 - </t>
+        </is>
+      </c>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>68573</v>
+        <v>56776</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Edouard Moreels, Le Christ raillé par les paysans, linogravure, 1924.</t>
+          <t>Songe</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Moreels, Edouard</t>
+          <t>Miller, Den</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1993 - </t>
+        </is>
+      </c>
+      <c r="F59" s="2"/>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>68385</v>
+        <v>39905</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>William Jelley, Le hameau au bord de l'eau, linogravure, s.d.</t>
+          <t>Le Botanique</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Jelley,  William</t>
+          <t>Jamin, Georges</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>68386</v>
+        <v>79510</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>William Jelley, Maisonnette sous les arbres, linogravure, s.d.</t>
+          <t>Uccle - Forêt de Soignes</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Jelley,  William</t>
+          <t>Dumont, Paul</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>68387</v>
+        <v>41791</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>William Jelley, Silhouette de soldat franc, linogravure, s.d.</t>
+          <t>Frôlement d'herbe</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Jelley,  William</t>
+          <t>Lefèvre, Sarah</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...11 lines deleted...]
-      </c>
+          <t>2003 - </t>
+        </is>
+      </c>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>68829</v>
+        <v>94946</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'autel de la Vierge fleurie, linogravure, s.d.</t>
+          <t>Sans titre - Archipelagos N°1</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Kokkinos, Niki</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>linogravure, technique mixte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>68830</v>
+        <v>95402</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Les anges de la Nativité, linogravure, s.d.</t>
+          <t>Negro</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>De Heyn, Georges</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G64" s="2"/>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>68831</v>
+        <v>107682</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Le chat qui s'étire, linogravure, s.d.</t>
+          <t>Homo mellifera</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>68457</v>
+        <v>107704</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Julien Ficher, Hiver, linogravure, s.d.</t>
+          <t>Trois hirondelles</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Ficher, Julien</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>68832</v>
+        <v>107685</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'hiver, linogravure, s.d.</t>
+          <t>Forza insectifera</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>68462</v>
+        <v>107703</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, Hameau brabançon, linogravure, s.d.</t>
+          <t>The happy bug</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2024 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>68833</v>
+        <v>68385</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'automne, linogravure, s.d.</t>
+          <t>William Jelley, Le hameau au bord de l'eau, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Jelley,  William</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>68463</v>
+        <v>68386</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, Le vieux pont, linogravure, s.d.</t>
+          <t>William Jelley, Maisonnette sous les arbres, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb</t>
+          <t>Jelley,  William</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>68834</v>
+        <v>68387</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'été, linogravure sur papier, s.d.</t>
+          <t>William Jelley, Silhouette de soldat franc, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Jelley,  William</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>68464</v>
+        <v>68829</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, L'entrée de la vieille ferme, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'autel de la Vierge fleurie, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>68835</v>
+        <v>68830</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Le printemps, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Les anges de la Nativité, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>68465</v>
+        <v>68831</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, Rue de village, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Le chat qui s'étire, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>68836</v>
+        <v>68457</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Le Palais de Justice à Bruxelles, linogravure,  s.d.</t>
+          <t>Julien Ficher, Hiver, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Ficher, Julien</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>68466</v>
+        <v>68832</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, Le ponceau, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'hiver, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>68837</v>
+        <v>68462</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Tête de jeune homme, linogravure, s.d.</t>
+          <t>Ryb Dobois, Hameau brabançon, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Dobois, Ryb</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>68467</v>
+        <v>68833</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, La ferme sous les arbres, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'automne, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>68838</v>
+        <v>68463</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Paysage, linogravure, s.d.</t>
+          <t>Ryb Dobois, Le vieux pont, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Dobois, Ryb</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>68468</v>
+        <v>68834</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Ryb Dobois, Le rideau de peupliers, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'été, linogravure sur papier, s.d.</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Dobois, Ryb / Dobois [pseudo de Hissette], Ryb [Louis]</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>68839</v>
+        <v>68464</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Chaumière à l'orée du bois, linogravure, s.d.</t>
+          <t>Ryb Dobois, L'entrée de la vieille ferme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Dobois, Ryb</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>68529</v>
+        <v>68835</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Paul Daxhelet, La rencontre, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Le printemps, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Daxhelet, Paul</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>68840</v>
+        <v>68465</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Tête de femme, linogravure, s.d.</t>
+          <t>Ryb Dobois, Rue de village, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Dobois, Ryb</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>68531</v>
+        <v>68836</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Tête de paysanne, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Le Palais de Justice à Bruxelles, linogravure,  s.d.</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>68841</v>
+        <v>68466</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Tête de jeune femme, linogravure, s.d.</t>
+          <t>Ryb Dobois, Le ponceau, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Callet-Carcano, Marguerite</t>
+          <t>Dobois, Ryb</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>68532</v>
+        <v>68837</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Cassandre, gravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Tête de jeune homme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>68533</v>
+        <v>68467</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Panurge, linogravure, s.d.</t>
+          <t>Ryb Dobois, La ferme sous les arbres, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Dobois, Ryb</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>68534</v>
+        <v>68838</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Robert Davaux, Le prédicant, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Paysage, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Davaux, Robert</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>68895</v>
+        <v>68468</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Julia Capron, Coin de village, linogravure, s.d.</t>
+          <t>Ryb Dobois, Le rideau de peupliers, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Capron, Julia</t>
+          <t>Dobois, Ryb / Dobois [pseudo de Hissette], Ryb [Louis]</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>68545</v>
+        <v>68839</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>André Paternot, Barques de pêche, gravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Chaumière à l'orée du bois, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Paternot, André</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>68896</v>
+        <v>68529</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Julia Capron, Hameau solitaire, linogravure, s.d.</t>
+          <t>Paul Daxhelet, La rencontre, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Capron, Julia</t>
+          <t>Daxhelet, Paul</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>68548</v>
+        <v>68840</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'Ondine éplorée, linogravure sur papier, s.d.</t>
+          <t>Marguerite Callet-Carcano, Tête de femme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>68553</v>
+        <v>68531</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>anon., Tête de vieille femme, gravure, s.d.</t>
+          <t>Robert Davaux, Tête de paysanne, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>68554</v>
+        <v>68841</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>anon., L'étang, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Tête de jeune femme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>68555</v>
+        <v>68532</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
+          <t>Robert Davaux, Cassandre, gravure, s.d.</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>68556</v>
+        <v>68533</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>anon., Vieille maison, linogravure, s.d.</t>
+          <t>Robert Davaux, Panurge, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>68916</v>
+        <v>68534</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Robert Hubert Crommelynck, Sous la feuillée, linogravure, s.d.</t>
+          <t>Robert Davaux, Le prédicant, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Crommelynck, Robert Hubert</t>
+          <t>Davaux, Robert</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>68934</v>
+        <v>68895</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Jan Theunis, Femme nue agenouillée, linogravure, s.d.</t>
+          <t>Julia Capron, Coin de village, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Jan</t>
+          <t>Capron, Julia</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>68935</v>
+        <v>68545</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Jan Theunis, L'homme au chapeau, linogravure, s.d.</t>
+          <t>André Paternot, Barques de pêche, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Jan</t>
+          <t>Paternot, André</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>68936</v>
+        <v>68896</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Jan Theunis, Femme du peuple, linogravure, s.d.</t>
+          <t>Julia Capron, Hameau solitaire, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Jan</t>
+          <t>Capron, Julia</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>68937</v>
+        <v>68548</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Jan Theunis, Fleurs dans un vase, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'Ondine éplorée, linogravure sur papier, s.d.</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Jan</t>
+          <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>68938</v>
+        <v>68553</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Jan Theunis, L'enfant souriant, linogravure, s.d.</t>
+          <t>anon., Tête de vieille femme, gravure, s.d.</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Theunis, Jan</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
+        <v>68554</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>anon., L'étang, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E103" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F103" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G103" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H103" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="1" t="n">
+        <v>68555</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>anon., Les arbres au bord de l'eau, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E104" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F104" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G104" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H104" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="1" t="n">
+        <v>68556</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>anon., Vieille maison, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>inconnu</t>
+        </is>
+      </c>
+      <c r="E105" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F105" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G105" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H105" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="1" t="n">
+        <v>68573</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Edouard Moreels, Le Christ raillé par les paysans, linogravure, 1924.</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Moreels, Edouard</t>
+        </is>
+      </c>
+      <c r="E106" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F106" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G106" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H106" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="1" t="n">
+        <v>68916</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Robert Hubert Crommelynck, Sous la feuillée, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Crommelynck, Robert Hubert</t>
+        </is>
+      </c>
+      <c r="E107" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F107" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H107" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="1" t="n">
+        <v>68934</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Jan Theunis, Femme nue agenouillée, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Jan</t>
+        </is>
+      </c>
+      <c r="E108" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F108" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G108" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H108" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="1" t="n">
+        <v>68935</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Jan Theunis, L'homme au chapeau, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Jan</t>
+        </is>
+      </c>
+      <c r="E109" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F109" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H109" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="1" t="n">
+        <v>68936</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Jan Theunis, Femme du peuple, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Jan</t>
+        </is>
+      </c>
+      <c r="E110" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F110" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G110" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H110" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="1" t="n">
+        <v>68937</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>Jan Theunis, Fleurs dans un vase, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Jan</t>
+        </is>
+      </c>
+      <c r="E111" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F111" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G111" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H111" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="1" t="n">
+        <v>68938</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Jan Theunis, L'enfant souriant, linogravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Theunis, Jan</t>
+        </is>
+      </c>
+      <c r="E112" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F112" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G112" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H112" s="2" t="inlineStr">
+        <is>
+          <t>linogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="1" t="n">
         <v>69178</v>
       </c>
-      <c r="B103" s="2" t="inlineStr">
+      <c r="B113" s="2" t="inlineStr">
         <is>
           <t>André Paternot, Les barques, linogravure, s.d.</t>
         </is>
       </c>
-      <c r="C103" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D103" s="2" t="inlineStr">
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Paternot, André</t>
         </is>
       </c>
-      <c r="E103" s="2" t="inlineStr">
+      <c r="E113" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F103" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H103" s="2" t="inlineStr">
+      <c r="F113" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G113" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H113" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">