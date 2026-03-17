--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -179,145 +179,145 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>53077</v>
+        <v>64198</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>Miroir trois faces à volets</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>miroir de toilette</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, verre, papier, peinture</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>peint, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>64198</v>
+        <v>69534</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Miroir trois faces à volets</t>
+          <t>Trophée: balle à large moulure et au décor incisé</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>miroir de toilette</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, papier, peinture</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>peint, gravure en relief sur métal</t>
+          <t>doré, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69534</v>
+        <v>53077</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trophée: balle à large moulure et au décor incisé</t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>trophée</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>doré, gravure en relief sur métal</t>
+          <t>technique de repoussage, gravure en relief sur métal</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>53130</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Plat rond "Vincentius Dansaert"</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1698 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>