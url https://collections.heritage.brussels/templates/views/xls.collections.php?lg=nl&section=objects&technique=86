--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H350"/>
+  <dimension ref="A1:H354"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,2338 +179,2346 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>48194</v>
+        <v>79048</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Pierre-Jean David d'Angers</t>
+          <t>Veille de Kermesse</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Degobert, V.</t>
-[...2 lines deleted...]
-      <c r="E2" s="2"/>
+          <t>Jacobs</t>
+        </is>
+      </c>
+      <c r="E2" s="2" t="inlineStr">
+        <is>
+          <t> - 1938</t>
+        </is>
+      </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42161</v>
+        <v>79049</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La maison du Portier - En souvenir</t>
+          <t>La Ferme Rose</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Haine, Désiré</t>
-[...6 lines deleted...]
-      </c>
+          <t>Jacobs</t>
+        </is>
+      </c>
+      <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39220</v>
+        <v>79082</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les aquarelles</t>
+          <t>Cimenterie au pied de Bou-Cornine.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Lavachery, Jean</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39238</v>
+        <v>79365</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'été</t>
+          <t>Place Saint-Marc à Venise</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Fovel, Colette</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39441</v>
+        <v>79391</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ancienne ville de Siegen</t>
+          <t>L'Église russe</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39453</v>
+        <v>79398</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Aux champs</t>
+          <t>Uccle - Le Cornet et L'Église russe</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Fichefet, Georges</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>39726</v>
+        <v>79628</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Vieille cour, quartier populaire</t>
+          <t>Ensemble de 4 planches.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Peiser, Kurt</t>
+          <t>Hergé</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>39728</v>
+        <v>79629</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Chapelle à Uccle</t>
+          <t>Ensemble de 4 planches.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Hergé</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>39752</v>
+        <v>48194</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>L'hymme à la patrie</t>
+          <t>Portrait du sculpteur Pierre-Jean David d'Angers</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Schubert, Joseph</t>
+          <t>Degobert, V.</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>39753</v>
+        <v>42161</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le petit jour</t>
+          <t>La maison du Portier - En souvenir</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>De Launay, N.</t>
-[...2 lines deleted...]
-      <c r="E11" s="2"/>
+          <t>Haine, Désiré</t>
+        </is>
+      </c>
+      <c r="E11" s="2" t="inlineStr">
+        <is>
+          <t> - 1990</t>
+        </is>
+      </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>pastel, aquarelle</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>39797</v>
+        <v>79657</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Puits de Moïse</t>
+          <t>La Fusée.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Gorsline, Douglas</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>38574</v>
+        <v>79658</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La reine Louise-Marie d'Orléans</t>
+          <t>Cantonnement.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>39798</v>
+        <v>82103</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les Anglaises</t>
+          <t>Jeune fille</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Gorsline, Douglas</t>
+          <t>Duyck, Edouard</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>image imprimée</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>38616</v>
+        <v>82114</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Siège de Bruxelles du 7 au 20 février 1746</t>
+          <t>Porte-folios de 12 gravures</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Van Blarenberghe, Louis-Nicolas</t>
+          <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>38623</v>
+        <v>95150</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>J.B. Masui, directeur général des Chemins de fer et des Postes de Belgique</t>
+          <t>Bec Auer</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Simonau &amp; Toovey</t>
+          <t>Mataloni, Giovanni</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>39822</v>
+        <v>82116</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Femmes africaines</t>
+          <t>Porte-folio de 4 gravures</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>De Vaucleroy</t>
+          <t>Maillol, Aristide</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>39099</v>
+        <v>82118</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>La grève</t>
+          <t>Femmes</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Meunier, Constantin</t>
+          <t>Sauer, Walter</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>39192</v>
+        <v>83727</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Album Dessins</t>
+          <t>Bruxelles ville dessinée</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Robert-Acarin, Germaine</t>
+          <t>De Keyser, Bert</t>
         </is>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>39196</v>
+        <v>83769</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le garde-champêtre en goguette</t>
+          <t>Travaux au canal de Charleroi - 1929 - Petite Ile</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E20" s="2"/>
-      <c r="F20" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>39208</v>
+        <v>83815</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le manuscrit</t>
+          <t>La tombe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E21" s="2"/>
-      <c r="F21" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>39209</v>
+        <v>98104</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>L'arrivée</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Mels, René</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>39210</v>
+        <v>107265</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Le cortège</t>
+          <t>Lithogravure - Monsieur Hulot sur son vélo</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Merveille, David</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>39211</v>
+        <v>79630</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les faucons</t>
+          <t>Ensemble de 4 planches.</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Hergé</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G24" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>39212</v>
+        <v>93745</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Le récit</t>
+          <t>Le port</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Dehoy, Charles</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>39213</v>
+        <v>79631</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Le rondel</t>
+          <t>Ensemble de 4 planches.</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Hergé</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G26" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>39214</v>
+        <v>93746</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le sonnet</t>
+          <t>Intérieur rouge</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Dehoy, Charles</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>39215</v>
+        <v>79649</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>La promenade</t>
+          <t>Le boyau.</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G28" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>39216</v>
+        <v>94361</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La lecture</t>
+          <t>La Walkyrie d'après un opéra de Wagner</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>39217</v>
+        <v>79650</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Le parc</t>
+          <t>L'Observatoire.</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>40055</v>
+        <v>94362</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Le sommeil</t>
+          <t>Scène d'après un opéra de Wagner</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>Fantin-Latour, Henri</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G31" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>39218</v>
+        <v>79651</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Le boudoir</t>
+          <t>Petit déjeuner.</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G32" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>39219</v>
+        <v>79652</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le médaillon</t>
+          <t>Flandres.</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>93745</v>
+        <v>79653</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Le port</t>
+          <t>Le Radeau.</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Dehoy, Charles</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G34" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>93746</v>
+        <v>94712</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Intérieur rouge</t>
+          <t>Jardin Botanique à Bruxelles</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
-      <c r="D35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>94361</v>
+        <v>79654</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La Walkyrie d'après un opéra de Wagner</t>
+          <t>Descente de lignes.</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Fantin-Latour, Henri</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>79650</v>
+        <v>79655</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>L'Observatoire.</t>
+          <t>C'est long ,,,.</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>94362</v>
+        <v>79656</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Scène d'après un opéra de Wagner</t>
+          <t>Le blessé.</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Fantin-Latour, Henri</t>
+          <t>De Meulenaere, Edmond</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>79651</v>
+        <v>39220</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Petit déjeuner.</t>
+          <t>Les aquarelles</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G39" s="2"/>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de peinture, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>79652</v>
+        <v>39238</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Flandres.</t>
+          <t>L'été</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Fovel, Colette</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G40" s="2"/>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>79653</v>
+        <v>39441</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Le Radeau.</t>
+          <t>Ancienne ville de Siegen</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G41" s="2"/>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>94712</v>
+        <v>39453</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Jardin Botanique à Bruxelles</t>
+          <t>Aux champs</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D42" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Fichefet, Georges</t>
+        </is>
+      </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>79654</v>
+        <v>39726</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Descente de lignes.</t>
+          <t>Vieille cour, quartier populaire</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Peiser, Kurt</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G43" s="2"/>
+      <c r="G43" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>79655</v>
+        <v>39728</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>C'est long ,,,.</t>
+          <t>Chapelle à Uccle</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G44" s="2"/>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>79656</v>
+        <v>39752</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Le blessé.</t>
+          <t>L'hymme à la patrie</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Schubert, Joseph</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G45" s="2"/>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>79657</v>
+        <v>39753</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>La Fusée.</t>
+          <t>Le petit jour</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>De Launay, N.</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G46" s="2"/>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>79658</v>
+        <v>39797</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Cantonnement.</t>
+          <t>Puits de Moïse</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Gorsline, Douglas</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G47" s="2"/>
+      <c r="G47" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>82103</v>
+        <v>38574</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille</t>
+          <t>La reine Louise-Marie d'Orléans</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Duyck, Edouard</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>image imprimée</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>82114</v>
+        <v>39798</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Porte-folios de 12 gravures</t>
+          <t>Les Anglaises</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>de Toulouse-Lautrec, Henri</t>
+          <t>Gorsline, Douglas</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>95150</v>
+        <v>38616</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Bec Auer</t>
+          <t>Siège de Bruxelles du 7 au 20 février 1746</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Mataloni, Giovanni</t>
+          <t>Van Blarenberghe, Louis-Nicolas</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>82116</v>
+        <v>38623</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Porte-folio de 4 gravures</t>
+          <t>J.B. Masui, directeur général des Chemins de fer et des Postes de Belgique</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Maillol, Aristide</t>
+          <t>Simonau &amp; Toovey</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>82118</v>
+        <v>39822</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Femmes</t>
+          <t>Femmes africaines</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Sauer, Walter</t>
+          <t>De Vaucleroy</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>83727</v>
+        <v>39099</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles ville dessinée</t>
+          <t>La grève</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>De Keyser, Bert</t>
+          <t>Meunier, Constantin</t>
         </is>
       </c>
       <c r="E53" s="2"/>
-      <c r="F53" s="2"/>
-      <c r="G53" s="2"/>
+      <c r="F53" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>83769</v>
+        <v>39192</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi - 1929 - Petite Ile</t>
+          <t>Album Dessins</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Piryns, Désiré</t>
+          <t>Robert-Acarin, Germaine</t>
         </is>
       </c>
       <c r="E54" s="2"/>
-      <c r="F54" s="2"/>
-      <c r="G54" s="2"/>
+      <c r="F54" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G54" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>83815</v>
+        <v>39196</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>La tombe</t>
+          <t>Le garde-champêtre en goguette</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E55" s="2"/>
-      <c r="F55" s="2"/>
-      <c r="G55" s="2"/>
+      <c r="F55" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>98104</v>
+        <v>39208</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Le manuscrit</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Mels, René</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>79048</v>
+        <v>39209</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Veille de Kermesse.</t>
+          <t>L'arrivée</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G57" s="2"/>
+      <c r="G57" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>79049</v>
+        <v>39210</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>La Ferme Rose</t>
+          <t>Le cortège</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G58" s="2"/>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>79082</v>
+        <v>39211</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Cimenterie au pied de Bou-Cornine.</t>
+          <t>Les faucons</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Lavachery, Jean</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G59" s="2"/>
+      <c r="G59" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>79365</v>
+        <v>39212</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Place Saint-Marc à Venise</t>
+          <t>Le récit</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G60" s="2"/>
+      <c r="G60" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>79391</v>
+        <v>39213</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>L'Église russe</t>
+          <t>Le rondel</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G61" s="2"/>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>79398</v>
+        <v>39214</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Uccle - Le Cornet et L'Église russe</t>
+          <t>Le sonnet</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G62" s="2"/>
+      <c r="G62" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>79628</v>
+        <v>39215</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 planches.</t>
+          <t>La promenade</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Hergé</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G63" s="2"/>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>79629</v>
+        <v>39216</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 planches.</t>
+          <t>La lecture</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Hergé</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G64" s="2"/>
+      <c r="G64" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>79630</v>
+        <v>39217</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 planches.</t>
+          <t>Le parc</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Hergé</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G65" s="2"/>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>79631</v>
+        <v>40055</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 4 planches.</t>
+          <t>Le sommeil</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Hergé</t>
+          <t>Quittelier, Henri</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G66" s="2"/>
+      <c r="G66" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>79649</v>
+        <v>39218</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le boyau.</t>
+          <t>Le boudoir</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>De Meulenaere, Edmond</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G67" s="2"/>
+      <c r="G67" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>79047</v>
+        <v>39219</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Vieux café à Saint-Job.</t>
+          <t>Le médaillon</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Jacobs</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G68" s="2"/>
+      <c r="G68" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
         <v>39175</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
           <t>Vue de Schaerbeek</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Collaert, Hans</t>
         </is>
       </c>
@@ -3063,356 +3071,356 @@
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1820 - 1837</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>48004</v>
+        <v>69844</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Célébrations à la place Royale en 1793</t>
+          <t>Chapelle de Scheut près Bruxelles</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maison d’Erasme et Béguinage</t>
+        </is>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1823 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>69844</v>
+        <v>48004</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Chapelle de Scheut près Bruxelles</t>
+          <t>Célébrations à la place Royale en 1793</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Maison d’Erasme et Béguinage</t>
-[...2 lines deleted...]
-      <c r="D85" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Scharf, George Johann / Hullmandel, Charles Joseph</t>
+        </is>
+      </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1823 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>48202</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Portrait du sculpteur danois Albert Bertel Thorvaldsen</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Degobert, Pierre Joseph</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1824 - 1844</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>48147</v>
+        <v>50811</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Un rémouleur</t>
+          <t>Garçon boulanger - Cornant des pains chauds à Bruxelles</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Coene, Constantinus Fidelio / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1825 - 1830</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, matière colorante</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>53573</v>
+        <v>48147</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Royale</t>
+          <t>Un rémouleur</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
+          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1830</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>papier, matière colorante</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>42212</v>
+        <v>53573</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Place du Musée à Bruxelles</t>
+          <t>Vue de la place Royale</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul</t>
+          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1875</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, matière colorante</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>48256</v>
+        <v>42212</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Waterloo</t>
+          <t>Place du Musée à Bruxelles</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
+          <t>Lauters, Paul</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1826</t>
+          <t>1825 - 1875</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>50811</v>
+        <v>48256</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Garçon boulanger - Cornant des pains chauds à Bruxelles</t>
+          <t>La bataille de Waterloo</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Coene, Constantinus Fidelio / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1830</t>
+          <t>1825 - 1826</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, matière colorante</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>69845</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Chapelle de Scheut</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="inlineStr">
         <is>
@@ -3524,1448 +3532,1448 @@
           <t>Combat dans l'intérieur du Parc, dimanche 26 septembre 1830</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, coloriage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>52604</v>
+        <v>52602</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
+          <t>Position à l'entrée de la Place Royale des deux canons don un dirigé par la Jambe de Bois (1830)</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Judenne, François</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>52659</v>
+        <v>52604</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Louise Marie d'Orléans, Reine des Belges</t>
+          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Mertens, P.</t>
+          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>52673</v>
+        <v>52659</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Louise Marie d'Orléans, Reine des Belges (1812-1850)</t>
+          <t>Louise Marie d'Orléans, Reine des Belges</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Ch.</t>
+          <t>Mertens, P.</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>62427</v>
+        <v>52673</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Position à l'entrée de la place Royale des deux canons dont un dirigé par la Jambe de Bois (1830)</t>
+          <t>Louise Marie d'Orléans, Reine des Belges (1812-1850)</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Mertens, P. / Judenne, François</t>
+          <t>Billoin, Ch.</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>62428</v>
+        <v>48239</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Entrée des troupes par la Porte de Namur, journée du 23 septembre 1830</t>
+          <t>Histoire mémorable des quatre grandes journées, 23-26 septembre 1830</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Judenne, François</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>62450</v>
+        <v>62427</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Arrivée des troupes derrière le Jardin du Palais du Roi, journée du 23 septembre 1830</t>
+          <t>Position à l'entrée de la place Royale des deux canons dont un dirigé par la Jambe de Bois (1830)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Judenne, François</t>
+          <t>Mertens, P. / Judenne, François</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>62457</v>
+        <v>62428</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Combat dans l'intérieur du Parc, dimanche 26 septembre 1830</t>
+          <t>Entrée des troupes par la Porte de Namur, journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Judenne, François</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>62744</v>
+        <v>62450</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Prise du Parc, dimanche 26 septembre 1830</t>
+          <t>Arrivée des troupes derrière le Jardin du Palais du Roi, journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Droogers, P. / Judenne, François</t>
+          <t>Judenne, François</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>62755</v>
+        <v>62457</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'entrée du parc par la Place Royale le lundi 27 septembre 1830</t>
+          <t>Combat dans l'intérieur du Parc, dimanche 26 septembre 1830</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
-          <t>Droogers, P. / Judenne, François / Mertens, P.</t>
+          <t>Judenne, François</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>62756</v>
+        <v>62744</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Parc d'artillerie et de munitions des troupes établies au cimetière de Saint Josse ten Noode, faubourg de Bruxelles, journées de 23, 24, 25 et 26 septembre 1830</t>
+          <t>Prise du Parc, dimanche 26 septembre 1830</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Judenne, François</t>
+          <t>Droogers, P. / Judenne, François</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>62760</v>
+        <v>62755</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Position des troupes à la Place de Waterloo, près de la Porte de Namur, journées du 23, 24, 25 et 26 septembre 1830</t>
+          <t>Vue de l'entrée du parc par la Place Royale le lundi 27 septembre 1830</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Judenne, François</t>
+          <t>Droogers, P. / Judenne, François / Mertens, P.</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>62764</v>
+        <v>62756</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Entrée des troupes par la Porte de Schaerbeek, journée du 23 septembre 1830</t>
+          <t>Parc d'artillerie et de munitions des troupes établies au cimetière de Saint Josse ten Noode, faubourg de Bruxelles, journées de 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Judenne, François</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>62768</v>
+        <v>62760</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Vue de la rue de Flandre, jeudi 23 septembre 1830</t>
+          <t>Position des troupes à la Place de Waterloo, près de la Porte de Namur, journées du 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul / Judenne, François</t>
+          <t>Judenne, François</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>62782</v>
+        <v>62764</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Position des troupes à la grille de la Montagne du Parc, vendredi 24 septembre 1830</t>
+          <t>Entrée des troupes par la Porte de Schaerbeek, journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
-          <t>Droogers, P. / Judenne, François / Mertens, P.</t>
+          <t>Judenne, François</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>94701</v>
+        <v>62768</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles, jeudi 25 septembre 1830. Entrée des lanciers et cuirassiers par la Porte de Louvain</t>
+          <t>Vue de la rue de Flandre, jeudi 23 septembre 1830</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D110" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Lauters, Paul / Judenne, François</t>
+        </is>
+      </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>62783</v>
+        <v>62782</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Cour de Palais du Roi du coté de la Rue Verte, journée du 25 septembre 1830</t>
+          <t>Position des troupes à la grille de la Montagne du Parc, vendredi 24 septembre 1830</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>Judenne, François</t>
+          <t>Droogers, P. / Judenne, François / Mertens, P.</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>62784</v>
+        <v>62783</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
+          <t>Cour de Palais du Roi du coté de la Rue Verte, journée du 25 septembre 1830</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Judenne, François</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>62785</v>
+        <v>62784</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
+          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>62786</v>
+        <v>62785</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
+          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>62787</v>
+        <v>62786</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
+          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>62788</v>
+        <v>62787</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
+          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>48086</v>
+        <v>62788</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Inhumation des morts à la place des Martyrs de Bruxelles</t>
+          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>Van Hemelryck, Jean-Louis / Jobard, Marcellin</t>
+          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1831 - </t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>48102</v>
+        <v>94701</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Caricature concernant le choix, par les plénipotentiaires de la Conférence de Londres, du Prince Léopold comme roi des Belges</t>
+          <t>Bruxelles, jeudi 25 septembre 1830. Entrée des lanciers et cuirassiers par la Porte de Louvain</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1831 - </t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , lithographie</t>
+          <t>technique d'impression, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>48131</v>
+        <v>48086</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Portrait du Roi Léopold Ier</t>
+          <t>Inhumation des morts à la place des Martyrs de Bruxelles</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>Dawe, George / Lacey, Henry / Motte, Charles</t>
+          <t>Van Hemelryck, Jean-Louis / Jobard, Marcellin</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1831 - 1831</t>
+          <t>1831 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>52683</v>
+        <v>48102</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Louise Marie d'Orléans, Reine des Belges</t>
+          <t>Caricature concernant le choix, par les plénipotentiaires de la Conférence de Londres, du Prince Léopold comme roi des Belges</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
-          <t>Manigaud, C.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1832 - </t>
+          <t>1831 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>rehaussé , lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>52839</v>
+        <v>48131</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Entrée de Léopold Ier et Louise Marie à Bruxelles, le 19 août 1832</t>
+          <t>Portrait du Roi Léopold Ier</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Rottigni,  / Simonau, Pierre</t>
+          <t>Dawe, George / Lacey, Henry / Motte, Charles</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1832 - </t>
+          <t>1831 - 1831</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>48132</v>
+        <v>50788</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Louise Marie d'Orléans, reine des Belges</t>
+          <t>Entrée à Bruxelles du Roi Léopold Ier et de son épouse la Reine Louise Marie</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Daems, Ferdinand</t>
+          <t>Daems, Pierre-Joseph</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1832 - 1850</t>
+          <t>1832 - 1837</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, matière colorante</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>48137</v>
+        <v>52683</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Portrait de la Reine des Belges, Louise Marie d'Orléans</t>
+          <t>Louise Marie d'Orléans, Reine des Belges</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
-          <t>Dévéria, Achille / Dewasmes - Pletinckx, Antoine / Motte, Charles</t>
+          <t>Manigaud, C.</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1832 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>50788</v>
+        <v>48132</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Entrée à Bruxelles du Roi Léopold Ier et de son épouse la Reine Louise Marie</t>
+          <t>Portrait de Louise Marie d'Orléans, reine des Belges</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Daems, Pierre-Joseph</t>
+          <t>Daems, Ferdinand</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1832 - 1837</t>
+          <t>1832 - 1850</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, matière colorante</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>52657</v>
+        <v>48137</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Baptême du Prince Héréditaire, le 24 juillet 1833</t>
+          <t>Portrait de la Reine des Belges, Louise Marie d'Orléans</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Gustave</t>
+          <t>Dévéria, Achille / Dewasmes - Pletinckx, Antoine / Motte, Charles</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1833 - </t>
+          <t>1832 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>48216</v>
+        <v>52839</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles-Pierre Verhulst</t>
+          <t>Entrée de Léopold Ier et Louise Marie à Bruxelles, le 19 août 1832</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>Verhulst, Charles-Pierre / Degobert, Pierre Joseph / Legrand, N.</t>
+          <t>Rottigni,  / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1844</t>
+          <t>1832 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>94703</v>
+        <v>52657</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Vue perspective du concert monstre au Jardin botanique donné au Peuple Belge en guise de fête populaire, moyennant ...</t>
+          <t>Baptême du Prince Héréditaire, le 24 juillet 1833</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
-[...2 lines deleted...]
-      <c r="D127" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Simonau, Gustave</t>
+        </is>
+      </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1834 - </t>
+          <t>1833 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>48169</v>
+        <v>48216</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-Benoit Schoesitter</t>
+          <t>Portrait de Charles-Pierre Verhulst</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
-          <t>Vanderplaetsen, Joannes Egidius (Jean) / Daems, Pierre-Joseph</t>
+          <t>Verhulst, Charles-Pierre / Degobert, Pierre Joseph / Legrand, N.</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1835 - 1850</t>
+          <t>1834 - 1844</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>52944</v>
+        <v>94703</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi à la Grand-Place à Bruxelles au 19e siècle</t>
+          <t>Vue perspective du concert monstre au Jardin botanique donné au Peuple Belge en guise de fête populaire, moyennant ...</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Charlier</t>
+        </is>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1837 - 1849</t>
+          <t>1834 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>lithographie, rehaussé</t>
+          <t>technique d'impression, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>52995</v>
+        <v>48169</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'église du Sablon à Bruxelles</t>
+          <t>Portrait de Jean-Benoit Schoesitter</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Genisson, Victor Jules / Fourmois, Theodore / Simonau</t>
+          <t>Vanderplaetsen, Joannes Egidius (Jean) / Daems, Pierre-Joseph</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1837 - </t>
+          <t>1835 - 1850</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>lithographie, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>47045</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Stroobant, François / Simonau, Gustave</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1837 - 1849</t>
@@ -5007,8545 +5015,8717 @@
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1837 - 1849</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>42213</v>
+        <v>52944</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Place des Martyrs à Bruxelles</t>
+          <t>La Maison du Roi à la Grand-Place à Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul</t>
+          <t>Stroobant, François / Simonau, Gustave</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1838 - 1875</t>
+          <t>1837 - 1849</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>52560</v>
+        <v>52995</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>La place des Martyrs à Bruxelles</t>
+          <t>Intérieur de l'église du Sablon à Bruxelles</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
-          <t>Toovey, William / Simonau, Gustave / Stroobant, François / Simonau &amp; Toovey</t>
+          <t>Genisson, Victor Jules / Fourmois, Theodore / Simonau</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1860</t>
+          <t>1837 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>53617</v>
+        <v>42213</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Place des Musées à Bruxelles et le Palais de Charles de Lorraine</t>
+          <t>Place des Martyrs à Bruxelles</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Canelle, Adrien</t>
+          <t>Lauters, Paul</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1840 - 1874</t>
+          <t>1838 - 1875</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>48198</v>
+        <v>47914</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur et peintre James Pradier</t>
+          <t>La place de la Grue et le bassin Sainte-Catherine</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
-          <t>Aubert,  / Alophe, Marie-Alexandre</t>
+          <t>Lithographie de la Societé des Beaux Arts,  / Stroobant, François</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>48199</v>
+        <v>52560</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Francisque-Joseph Duret</t>
+          <t>La place des Martyrs à Bruxelles</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Aubert,  / Alophe, Marie-Alexandre</t>
+          <t>Toovey, William / Simonau, Gustave / Stroobant, François / Simonau &amp; Toovey</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1860</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>48200</v>
+        <v>53617</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Portrait du caricaturiste et sculpteur Jean-Pierre Dantan, dit Dantan le Jeune</t>
+          <t>Place des Musées à Bruxelles et le Palais de Charles de Lorraine</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
-          <t>Aubert</t>
+          <t>Canelle, Adrien</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1840 - 1874</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>47052</v>
+        <v>48198</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
+          <t>Portrait du sculpteur et peintre James Pradier</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
-          <t>Canelle, Adrien / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
+          <t>Aubert,  / Alophe, Marie-Alexandre</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1864</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>47053</v>
+        <v>48199</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
+          <t>Portrait du sculpteur Francisque-Joseph Duret</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Borremans, Henri</t>
+          <t>Aubert,  / Alophe, Marie-Alexandre</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1864</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>lithographie, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>47051</v>
+        <v>48200</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi à la Grand-Place à Bruxelles au 19e siècle</t>
+          <t>Portrait du caricaturiste et sculpteur Jean-Pierre Dantan, dit Dantan le Jeune</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Canelle, Adrien / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
+          <t>Aubert</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1841 - 1864</t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, bistre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>52836</v>
+        <v>47051</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi en 1842</t>
+          <t>La Maison du Roi à la Grand-Place à Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul / Degobert, Pierre Joseph</t>
+          <t>Canelle, Adrien / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1842 - </t>
+          <t>1841 - 1864</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre, bistre</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>47049</v>
+        <v>47052</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi en 1842</t>
+          <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
-          <t>Lauters, Paul / Daems, Pierre-Joseph / Degobert, Pierre Joseph</t>
+          <t>Canelle, Adrien / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1842 - </t>
+          <t>1841 - 1864</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>47934</v>
+        <v>47053</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Le Cimetière de Laeken</t>
+          <t>La Maison du Roi sur la Grand-Place de Bruxelles au 19e siècle</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Hoolans, Joseph / Simonau &amp; Toovey</t>
+          <t>Borremans, Henri</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1844 - 1872</t>
+          <t>1841 - 1864</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>58680</v>
+        <v>47049</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Eventail plié</t>
+          <t>La Maison du Roi en 1842</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D145" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Lauters, Paul / Daems, Pierre-Joseph / Degobert, Pierre Joseph</t>
+        </is>
+      </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1845 - 1850</t>
+          <t>1842 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier, nacre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>peint, lithographie, taillé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>47872</v>
+        <v>52836</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Arrestation de Manneken-Pis, le plus ancien bourgeois de Bruxelles</t>
+          <t>La Maison du Roi en 1842</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Schoonjans</t>
+          <t>Lauters, Paul / Degobert, Pierre Joseph</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1846 - </t>
+          <t>1842 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>lithographie, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>47873</v>
+        <v>47934</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Arrestation des auteurs de l'enlèvement de Manneken-Pis</t>
+          <t>Le Cimetière de Laeken</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Hoolans, Joseph / Simonau &amp; Toovey</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1846 - </t>
+          <t>1844 - 1872</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>53616</v>
+        <v>58680</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Galeries Royale Saint Hubert à Bruxelles</t>
+          <t>Eventail plié</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1925</t>
+          <t>1845 - 1850</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, nacre</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>peint, lithographie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>48204</v>
+        <v>47872</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre italien A.F. Francia</t>
+          <t>Arrestation de Manneken-Pis, le plus ancien bourgeois de Bruxelles</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Schoonjans</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1846 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>59680</v>
+        <v>47873</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Arrestation des auteurs de l'enlèvement de Manneken-Pis</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D150" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1870</t>
+          <t>1846 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>bois, gouache</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie, peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
         <v>79243</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
           <t>Château d'Uccle - Wolvendael</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Stroobant, François</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>47862</v>
+        <v>53616</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>La Fontaine de Manneken-Pis à Bruxelles au milieu du 19e siècle</t>
+          <t>Galeries Royale Saint Hubert à Bruxelles</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
-          <t>Schoonjans,  / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
+          <t>Canelle, Adrien / Booremans</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1851 - 1880</t>
+          <t>1850 - 1925</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>lithographie, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>52276</v>
+        <v>48204</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Panorama de Bruxelles en 1854</t>
+          <t>Portrait du peintre italien A.F. Francia</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Stroobant, François / Géruzet, Jules</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1854 - </t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>69043</v>
+        <v>59680</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>anon., La lettre contrariante, lithographie, éd. George Baxter (Londres), 1854.</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1854 - </t>
+          <t>1850 - 1870</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>bois, gouache</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>93272</v>
+        <v>47862</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Vue de ville la nuit (place avec fontaine et tram)</t>
+          <t>La Fontaine de Manneken-Pis à Bruxelles au milieu du 19e siècle</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Gilsoul,  Victor</t>
+          <t>Schoonjans,  / Simonau &amp; Toovey,  / Tessaro, Antoine</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1939</t>
+          <t>1851 - 1880</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>47935</v>
+        <v>69043</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Maison Communale de Laeken - Rue des Palais</t>
+          <t>anon., La lettre contrariante, lithographie, éd. George Baxter (Londres), 1854.</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Hoolans, Joseph / Simonau &amp; Toovey</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1880</t>
+          <t>1854 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>47936</v>
+        <v>52276</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Vue de Laeken</t>
+          <t>Panorama de Bruxelles en 1854</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Hoolans, Joseph / Simonau &amp; Toovey</t>
+          <t>Stroobant, François / Géruzet, Jules</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1872 - 1880</t>
+          <t>1854 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>77367</v>
+        <v>93272</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>La Légende de Thyl Uylenspieghel</t>
+          <t>Vue de ville la nuit (place avec fontaine et tram)</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Van Offel, Constant</t>
+          <t>Gilsoul,  Victor</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1924</t>
+          <t>1867 - 1939</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>image imprimée, estampe</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>lithographie, technique d'impression</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>77368</v>
+        <v>47935</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Thyl Uylenspieghel</t>
+          <t>Maison Communale de Laeken - Rue des Palais</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Van Offel, Constant</t>
+          <t>Hoolans, Joseph / Simonau &amp; Toovey</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1924</t>
+          <t>1871 - 1880</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>lithographie, technique d'impression</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>77369</v>
+        <v>47936</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Thyl Uylenspieghel</t>
+          <t>Vue de Laeken</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Van Offel, Constant</t>
+          <t>Hoolans, Joseph / Simonau &amp; Toovey</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1885 - 1924</t>
+          <t>1872 - 1880</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>lithographie, technique d'impression</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>93282</v>
+        <v>77367</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>L’accordéoniste</t>
+          <t>La Légende de Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine)</t>
+          <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1954</t>
+          <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, lithographie</t>
+          <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>68754</v>
+        <v>77368</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Sander Pierron, Jeune fille à la colombe ; Coin de ma classe à l'école primaire, dessin à l'encre, 1886-1889.</t>
+          <t>Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Pierron, Sander</t>
+          <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1889</t>
+          <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>68939</v>
+        <v>77369</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Louis Titz, Dans la rue des Teinturiers, lithographie, 1887, supplément à La Ligue artistique, 1897.</t>
+          <t>Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Titz, Louis</t>
+          <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>74976</v>
+        <v>68754</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Menu pour le mariage de Max Wolfers</t>
+          <t>Sander Pierron, Jeune fille à la colombe ; Coin de ma classe à l'école primaire, dessin à l'encre, 1886-1889.</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Collection Philippe et Marcel Wolfers</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe</t>
+          <t>Pierron, Sander</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1889 - </t>
+          <t>1886 - 1889</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>100275</v>
+        <v>93282</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>La Diaphane</t>
+          <t>L’accordéoniste</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Cheret, Jules</t>
+          <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1886 - 1954</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique d'impression, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>39454</v>
+        <v>68939</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>L'Art allemand (d'après Dillens)</t>
+          <t>Louis Titz, Dans la rue des Teinturiers, lithographie, 1887, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Duyck, Edouard</t>
+          <t>Titz, Louis</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>39455</v>
+        <v>74976</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Tempête</t>
+          <t>Menu pour le mariage de Max Wolfers</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Collection Philippe et Marcel Wolfers</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Frederic, Léon</t>
+          <t>Wolfers, Philippe</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1889 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>36031</v>
+        <v>100275</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Moulin Rouge - La Goulue</t>
+          <t>La Diaphane</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>de Toulouse-Lautrec, Henri</t>
+          <t>Cheret, Jules</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>36044</v>
+        <v>39454</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Ambassadeurs : Aristide Bruant</t>
+          <t>L'Art allemand (d'après Dillens)</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>de Toulouse-Lautrec, Henri</t>
+          <t>Duyck, Edouard</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>36046</v>
+        <v>39455</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Eldorado : Aristide Bruant</t>
+          <t>Tempête</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>de Toulouse-Lautrec, Henri</t>
+          <t>Frederic, Léon</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1892 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>36035</v>
+        <v>36031</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Divan Japonais</t>
+          <t>Moulin Rouge - La Goulue</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>40020</v>
+        <v>36044</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>DIvan Japonais</t>
+          <t>Ambassadeurs : Aristide Bruant</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>69117</v>
+        <v>36046</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Maximilien Luce, L'incendiaire, lithographie, 1893.</t>
+          <t>Eldorado : Aristide Bruant</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Luce, Maximilien</t>
+          <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1893 - </t>
+          <t>1892 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>40019</v>
+        <v>69117</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>À la Bodinière. Exposition de l'oeuvre dessinée et peinte de T.A. Steinlen</t>
+          <t>Maximilien Luce, L'incendiaire, lithographie, 1893.</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Steinlen, Théophile-Alexandre</t>
+          <t>Luce, Maximilien</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1894 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>40021</v>
+        <v>36035</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>May Belfort</t>
+          <t>Divan Japonais</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1893 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>50355</v>
+        <v>40020</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Affiche de l'Exposition internationale de Bruxelles de 1897</t>
+          <t>DIvan Japonais</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Livemont, Privat Antoine Théodore</t>
+          <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
-[...2 lines deleted...]
-      <c r="F176" s="2"/>
+          <t>1893 - </t>
+        </is>
+      </c>
+      <c r="F176" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>40018</v>
+        <v>40019</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Biscuit et chocolat Delacre</t>
+          <t>À la Bodinière. Exposition de l'oeuvre dessinée et peinte de T.A. Steinlen</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Livemont, Privat Antoine Théodore</t>
+          <t>Steinlen, Théophile-Alexandre</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1894 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>68890</v>
+        <v>40021</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Henry Cassiers, [Moulin à vent] A Volendam, lithographie, supplément à La Ligue artistique,  1896.</t>
+          <t>May Belfort</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Cassiers, Henry</t>
+          <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>68447</v>
+        <v>77208</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Lievin Herremans, La dame au boa, lithographie, supplément  "La Ligue artistique", 1896.</t>
+          <t>Cigarettes Laferme </t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Herremans, Lievin</t>
+          <t>Rehm, F.</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, toile</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>77208</v>
+        <v>77988</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Cigarettes Laferme </t>
+          <t>Le Sillon 1896</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Rehm, F.</t>
+          <t>Stevens, Gustave-Max</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
           <t>papier, toile</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>77988</v>
+        <v>50355</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Le Sillon 1896</t>
+          <t>Affiche de l'Exposition internationale de Bruxelles de 1897</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Stevens, Gustave-Max</t>
+          <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
-      <c r="F181" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F181" s="2"/>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>papier, toile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>68536</v>
+        <v>68890</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Alfred Courtens, Sisyphe, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Henry Cassiers, [Moulin à vent] A Volendam, lithographie, supplément à La Ligue artistique,  1896.</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Courtens, Alfred</t>
+          <t>Cassiers, Henry</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>68537</v>
+        <v>68447</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Félix Constant, Vieilles maisons brugeoises le long du canal, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Lievin Herremans, La dame au boa, lithographie, supplément  "La Ligue artistique", 1896.</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Constant, Félix</t>
+          <t>Herremans, Lievin</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>68539</v>
+        <v>40018</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Félix Constant, Soir à Dordrecht, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Biscuit et chocolat Delacre</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Constant, Félix</t>
+          <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>1897 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>68859</v>
+        <v>68917</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Alfred Bastien, La mort de l'ouvrier, lithographie, 1897.</t>
+          <t>Camille Wollès, Impressions d'Ostende et de Bruges, supplément à La Ligue artistique, lithographie, 1897.</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Frison, Jehan</t>
+          <t>Wollès, Camille</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>68373</v>
+        <v>68925</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Marie-Antoinette Marcotte, Tête d'enfant, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>James Ensor, La bataille des Eperons d'or, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Marcotte, Marie-Antoinette</t>
+          <t>Ensor, James</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>68374</v>
+        <v>68926</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Marie-Antoinette Marcotte, La prière, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Lucien Wollès, Le peintre Camille Wollès dans son jardin, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Marcotte, Marie-Antoinette</t>
+          <t>Wollès,  Lucien</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>68377</v>
+        <v>68927</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Henri Luyten, La misère / Struggle for life, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Rodolphe Wytsman, L'étang, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Luyten, Henri</t>
+          <t>Wytsman, Rodolphe</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>68378</v>
+        <v>68941</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Rémy Lance, La barrière, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Médard Tytgat, Paysanne flamande, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Lance, Rémy</t>
+          <t>Tytgat, Médard</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>68448</v>
+        <v>69098</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Jean Hamesse, L'étang abbatial de Val-Duchesse, lithographie, supplément à "La Ligue artistique", 1897.</t>
+          <t>Théophile-Alexandre Steinlen, Le voleur, lithographie, reproduction du périodique La Feuille (Paris), 1897.</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Hamesse, Adolphe</t>
+          <t>Steinlen, Théophile-Alexandre</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>68917</v>
+        <v>68943</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Camille Wollès, Impressions d'Ostende et de Bruges, supplément à La Ligue artistique, lithographie, 1897.</t>
+          <t>Konrad Starke, La femme au coquemar, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Wollès, Camille</t>
+          <t>Starke, Konrad</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>68925</v>
+        <v>68948</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>James Ensor, La bataille des Eperons d'or, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Victor Rousseau, Méditation, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Ensor, James</t>
+          <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>68926</v>
+        <v>68953</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Lucien Wollès, Le peintre Camille Wollès dans son jardin, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Marten Melsen, Aux bords de l'Escaut, lithographie, 1896, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Wollès,  Lucien</t>
+          <t>Melsen, Marten</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>68927</v>
+        <v>68954</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Rodolphe Wytsman, L'étang, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Jan Willem Rosier, L'homme au chapeau, lithographie, supplément à La Ligue artistique, 1897].</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Wytsman, Rodolphe</t>
+          <t>Rosier, Jan Willem</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>68941</v>
+        <v>68959</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Médard Tytgat, Paysanne flamande, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Paul Nocquet, La barque de Caron, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Médard</t>
+          <t>Nocquet, Paul</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>69098</v>
+        <v>68960</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Théophile-Alexandre Steinlen, Le voleur, lithographie, reproduction du périodique La Feuille (Paris), 1897.</t>
+          <t>Herman Richir, Masque, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Steinlen, Théophile-Alexandre</t>
+          <t>Richir,  Herman</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>68943</v>
+        <v>68963</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Konrad Starke, La femme au coquemar, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Jules Merckaert, Aux confins de Schaerbeek, lithographie, supplément à La Ligue artistique, 1897.</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Starke, Konrad</t>
+          <t>Merckaert, Jules</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>68948</v>
+        <v>68536</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Victor Rousseau, Méditation, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Alfred Courtens, Sisyphe, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor</t>
+          <t>Courtens, Alfred</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>68953</v>
+        <v>68537</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Marten Melsen, Aux bords de l'Escaut, lithographie, 1896, supplément à La Ligue artistique, 1897.</t>
+          <t>Félix Constant, Vieilles maisons brugeoises le long du canal, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Melsen, Marten</t>
+          <t>Constant, Félix</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>68954</v>
+        <v>68539</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Jan Willem Rosier, L'homme au chapeau, lithographie, supplément à La Ligue artistique, 1897].</t>
+          <t>Félix Constant, Soir à Dordrecht, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Rosier, Jan Willem</t>
+          <t>Constant, Félix</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>68959</v>
+        <v>68859</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Paul Nocquet, La barque de Caron, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Alfred Bastien, La mort de l'ouvrier, lithographie, 1897.</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
-          <t>Nocquet, Paul</t>
+          <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>68960</v>
+        <v>68373</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Herman Richir, Masque, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Marie-Antoinette Marcotte, Tête d'enfant, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Richir,  Herman</t>
+          <t>Marcotte, Marie-Antoinette</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>68963</v>
+        <v>68374</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Jules Merckaert, Aux confins de Schaerbeek, lithographie, supplément à La Ligue artistique, 1897.</t>
+          <t>Marie-Antoinette Marcotte, La prière, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Merckaert, Jules</t>
+          <t>Marcotte, Marie-Antoinette</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>59688</v>
+        <v>68377</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Henri Luyten, La misère / Struggle for life, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D204" s="2"/>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Luyten, Henri</t>
+        </is>
+      </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>1898 - 1920</t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>bois, papier, gouache</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie, peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>88678</v>
+        <v>68378</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Affiche pour la Red Star Line</t>
+          <t>Rémy Lance, La barrière, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Cassiers, Henri</t>
+          <t>Lance, Rémy</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G205" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G205" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>68382</v>
+        <v>68448</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Alexandre Hannotiau, L'égide, lithographie, 1898.</t>
+          <t>Adolphe Jean Hamesse, L'étang abbatial de Val-Duchesse, lithographie, supplément à "La Ligue artistique", 1897.</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Hannotiau, Alexandre</t>
+          <t>Hamesse, Adolphe</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1898 - </t>
+          <t>1897 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>51300</v>
+        <v>59688</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Paysage à l'arbre</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D207" s="2"/>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1898 - 1920</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois, papier, gouache</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>taillé, lithographie, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>50429</v>
+        <v>68382</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Le vent qui passe emporte la jeunesse</t>
+          <t>Alexandre Hannotiau, L'égide, lithographie, 1898.</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Mucha, Alphonse</t>
+          <t>Hannotiau, Alexandre</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>bronze, papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>31277</v>
+        <v>88678</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Jane Avril</t>
+          <t>Affiche pour la Red Star Line</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>de Toulouse-Lautrec, Henri</t>
+          <t>Cassiers, Henri</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1898 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
-      <c r="G209" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G209" s="2"/>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>35053</v>
+        <v>50429</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>La Gitane</t>
+          <t>Le vent qui passe emporte la jeunesse</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>de Toulouse-Lautrec, Henri</t>
+          <t>Mucha, Alphonse</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bronze, papier, encre</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>38622</v>
+        <v>51300</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>L'aquarelliste Henri Stacquet</t>
+          <t>Paysage à l'arbre</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Bartlett, Charles William</t>
+          <t>Combaz, Gisbert</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>40017</v>
+        <v>68361</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Onoranze a volta</t>
+          <t>Eugène Laermans, Affiche-catalogue pour l'exposition Eugène Laermans à la Maison d'Art, lithographie, impr. J. E. Goossens (Bruxelles), 1899.</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Hohenstein, Adolfo</t>
+          <t>Laermans, Eugène</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>68361</v>
+        <v>31277</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Eugène Laermans, Affiche-catalogue pour l'exposition Eugène Laermans à la Maison d'Art, lithographie, impr. J. E. Goossens (Bruxelles), 1899.</t>
+          <t>Jane Avril</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Laermans, Eugène</t>
+          <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>39823</v>
+        <v>35053</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Eugène Isaye</t>
+          <t>La Gitane</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Lemaire, Henri</t>
+          <t>de Toulouse-Lautrec, Henri</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>57786</v>
+        <v>38622</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>L'aquarelliste Henri Stacquet</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D215" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D215" s="2" t="inlineStr">
+        <is>
+          <t>Bartlett, Charles William</t>
+        </is>
+      </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>39820</v>
+        <v>40017</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Vues de ville (2 lithos)</t>
+          <t>Onoranze a volta</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Du Jardin, Jules</t>
+          <t>Hohenstein, Adolfo</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1901 - 2000</t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>39724</v>
+        <v>57786</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Ypres, les halles après les bombardements</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D217" s="2"/>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>taillé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>88624</v>
+        <v>39823</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'exposition des nouveautés d’Hiver des grands magasins « A l’innovation »</t>
+          <t>Eugène Isaye</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>T'sas, Victor / Imprimerie J.E. Goossens S.A. (Bruxelles)</t>
+          <t>Lemaire, Henri</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1903 - </t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G218" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G218" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>42724</v>
+        <v>39820</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Affiche pour l'inauguration du nouvel Hôtel de Ville de la commune de Saint-Gilles-lez-Bruxelles</t>
+          <t>Vues de ville (2 lithos)</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Combaz, Gisbert / De Rycker &amp; Mendel, O[scar]</t>
+          <t>Du Jardin, Jules</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1901 - 2000</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, marouflé, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>40015</v>
+        <v>88624</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Voyageurs descendez à Schaerbeek. Tramways électriques dans toutes les directions de Bruxelles.</t>
+          <t>Affiche d'exposition des nouveautés d’Hiver des grands magasins « A l’innovation »</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Battaille, Willem</t>
+          <t>T'sas, Victor / Imprimerie J.E. Goossens S.A. (Bruxelles)</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G220" s="2"/>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>95153</v>
+        <v>39724</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Pastiglie Estratto Paneraj</t>
+          <t>Ypres, les halles après les bombardements</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Micheli Pellegrini, Albert</t>
+          <t>Augis, Marcel</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1903 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>102600</v>
+        <v>42724</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Félix Léopold Dricot, Diplôme "Quartier des Etangs-Noirs et Gare de l'Ouest" de Molenbeek-Saint-Jean, lithographie, 1906.</t>
+          <t>Affiche pour l'inauguration du nouvel Hôtel de Ville de la commune de Saint-Gilles-lez-Bruxelles</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D222" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D222" s="2" t="inlineStr">
+        <is>
+          <t>Combaz, Gisbert / De Rycker &amp; Mendel, O[scar]</t>
+        </is>
+      </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
-[...3 lines deleted...]
-      <c r="G222" s="2"/>
+          <t>1904 - </t>
+        </is>
+      </c>
+      <c r="F222" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G222" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre, toile</t>
+        </is>
+      </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique d'impression, marouflé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>54162</v>
+        <v>40015</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Affiche publicitaire pour le film Klaveren Aas of De Apachen van Parijs [As de trèfle ou Les Apaches de Paris], T'Felt imprimeurs (Anvers), 1907.</t>
+          <t>Voyageurs descendez à Schaerbeek. Tramways électriques dans toutes les directions de Bruxelles.</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>T'Felt imprimeurs (Anvers), T'Felt imprimeurs (Antwerpen)</t>
+          <t>Battaille, Willem</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>50388</v>
+        <v>95153</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>La Rue Chair et Pain</t>
+          <t>Pastiglie Estratto Paneraj</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Van de Sande, René</t>
+          <t>Micheli Pellegrini, Albert</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1917</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>68944</v>
+        <v>102600</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Aimé Stevens, Baiser maternel, lithographie, 1913.</t>
+          <t>Félix Léopold Dricot, Diplôme "Quartier des Etangs-Noirs et Gare de l'Ouest" de Molenbeek-Saint-Jean, lithographie, 1906.</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D225" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>1913 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1906 - </t>
+        </is>
+      </c>
+      <c r="F225" s="2"/>
+      <c r="G225" s="2"/>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>48118</v>
+        <v>54162</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Le massacre d'Aarschot en 1914</t>
+          <t>Affiche publicitaire pour le film Klaveren Aas of De Apachen van Parijs [As de trèfle ou Les Apaches de Paris], T'Felt imprimeurs (Anvers), 1907.</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Goffin, J. / Creten, Victor</t>
+          <t>T'Felt imprimeurs (Anvers), T'Felt imprimeurs (Antwerpen)</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...2 lines deleted...]
-      <c r="F226" s="2"/>
+          <t>1907 - </t>
+        </is>
+      </c>
+      <c r="F226" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>83720</v>
+        <v>50388</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>La tranchée</t>
+          <t>La Rue Chair et Pain</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Van de Sande, René</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...3 lines deleted...]
-      <c r="G227" s="2"/>
+          <t>1909 - 1917</t>
+        </is>
+      </c>
+      <c r="F227" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G227" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>83741</v>
+        <v>68944</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Les Pauvres</t>
+          <t>Aimé Stevens, Baiser maternel, lithographie, 1913.</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Stevens, Aimé</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...3 lines deleted...]
-      <c r="G228" s="2"/>
+          <t>1913 - </t>
+        </is>
+      </c>
+      <c r="F228" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G228" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>83810</v>
+        <v>68969</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>La route, le Brabant dévasté</t>
+          <t>Pierre Paulus de Châtelet, L'exode, août 1914, lithographie, 1914.</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Paulus, Pierre</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G229" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G229" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>95197</v>
+        <v>48118</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Fête inaugurale - Installations maritimes de Bruxelles</t>
+          <t>Le massacre d'Aarschot en 1914</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Toussaint, Fernand</t>
+          <t>Goffin, J. / Creten, Victor</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
-      <c r="F230" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F230" s="2"/>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>83811</v>
+        <v>56196</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Le moulin</t>
+          <t>Croquis de Guerre</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Hagemans, Paul</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...3 lines deleted...]
-      <c r="G231" s="2"/>
+          <t>1914 - 1917</t>
+        </is>
+      </c>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G231" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre noire</t>
+        </is>
+      </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>56196</v>
+        <v>83720</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Croquis de Guerre</t>
+          <t>La tranchée</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>Hagemans, Paul</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1914 - 1917</t>
-[...11 lines deleted...]
-      </c>
+          <t>1914 - </t>
+        </is>
+      </c>
+      <c r="F232" s="2"/>
+      <c r="G232" s="2"/>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>83812</v>
+        <v>83741</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>L'incendie</t>
+          <t>Les Pauvres</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F233" s="2"/>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>83813</v>
+        <v>83810</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>L'église</t>
+          <t>La route, le Brabant dévasté</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
-      <c r="F234" s="2"/>
+      <c r="F234" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>83814</v>
+        <v>95197</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>L'église sous la neige</t>
+          <t>Fête inaugurale - Installations maritimes de Bruxelles</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Baes, Firmin</t>
+          <t>Toussaint, Fernand</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
-      <c r="F235" s="2"/>
-      <c r="G235" s="2"/>
+      <c r="F235" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G235" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>83817</v>
+        <v>83811</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>La maison</t>
+          <t>Le moulin</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F236" s="2"/>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>83818</v>
+        <v>83812</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Le village</t>
+          <t>L'incendie</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F237" s="2"/>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>68969</v>
+        <v>83813</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Pierre Paulus de Châtelet, L'exode, août 1914, lithographie, 1914.</t>
+          <t>L'église</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Paulus, Pierre</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
-      <c r="F238" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F238" s="2"/>
+      <c r="G238" s="2"/>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>48112</v>
+        <v>83814</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Exécution de Miss Cavell 1914-1918</t>
+          <t>L'église sous la neige</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Goffin, J. / Creten, Victor</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1930</t>
-[...11 lines deleted...]
-      </c>
+          <t>1914 - </t>
+        </is>
+      </c>
+      <c r="F239" s="2"/>
+      <c r="G239" s="2"/>
       <c r="H239" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>39621</v>
+        <v>83817</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>La goutte de lait</t>
+          <t>La maison</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Livemont, Privat Antoine Théodore</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1914 - </t>
+        </is>
+      </c>
+      <c r="F240" s="2"/>
+      <c r="G240" s="2"/>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>40016</v>
+        <v>83818</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Premier salon des peintres de neige</t>
+          <t>Le village</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Creten, Victor</t>
+          <t>Baes, Firmin</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1914 - </t>
+        </is>
+      </c>
+      <c r="F241" s="2"/>
+      <c r="G241" s="2"/>
       <c r="H241" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>40022</v>
+        <v>48112</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Folies Bergères. La divorcée.</t>
+          <t>Exécution de Miss Cavell 1914-1918</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Van Caulaert, Jean Dominique</t>
+          <t>Goffin, J. / Creten, Victor</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1915 - 1930</t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>39818</v>
+        <v>39621</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Le musicien</t>
+          <t>La goutte de lait</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>De Kat, Anne-Pierre</t>
+          <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>39821</v>
+        <v>40016</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Ruelle</t>
+          <t>Premier salon des peintres de neige</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Collet, Paul</t>
+          <t>Creten, Victor</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>40023</v>
+        <v>40022</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Vieux - Bruxelles / La fille de Figaro</t>
+          <t>Folies Bergères. La divorcée.</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Van Caulaert, Jean Dominique</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1917 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>40054</v>
+        <v>39818</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Le sommeil - projet de vitrail</t>
+          <t>Le musicien</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
-          <t>Quittelier, Henri</t>
+          <t>De Kat, Anne-Pierre</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1919 - 1920</t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>68766</v>
+        <v>39821</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Charles Rosseuw, Portrait de Gossart, lithographie, 1919.</t>
+          <t>Ruelle</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Rosseuw, Charles</t>
+          <t>Collet, Paul</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1919 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>95199</v>
+        <v>68766</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Flup-Scala</t>
+          <t>Charles Rosseuw, Portrait de Gossart, lithographie, 1919.</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>de Valerio, Roger</t>
+          <t>Rosseuw, Charles</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>49762</v>
+        <v>95199</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>La mère et les enfants aux fleurs</t>
+          <t>Flup-Scala</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Carte, Antoine (Anto) / Imprimerie J.E. Goossens S.A. (Bruxelles)</t>
+          <t>de Valerio, Roger</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1920 - </t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>67739</v>
+        <v>40023</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Sur le chemin encore et toujours des roses</t>
+          <t>Vieux - Bruxelles / La fille de Figaro</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Fabry,  Emile</t>
+          <t>Van Caulaert, Jean Dominique</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1930</t>
+          <t>1919 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>59681</v>
+        <v>40054</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le sommeil - projet de vitrail</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D251" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>Quittelier, Henri</t>
+        </is>
+      </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1920 - 1940</t>
+          <t>1919 - 1920</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>11475</v>
+        <v>49762</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Suzanne et Barthélémy</t>
+          <t>La mère et les enfants aux fleurs</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Fabry, Émile</t>
+          <t>Carte, Antoine (Anto) / Imprimerie J.E. Goossens S.A. (Bruxelles)</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1921 - 1921</t>
+          <t>1920 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>84060</v>
+        <v>67739</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Portrait du docteur Bordet</t>
+          <t>Sur le chemin encore et toujours des roses</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Madyol, Jacques</t>
+          <t>Fabry,  Emile</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique d'impression, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>68380</v>
+        <v>59681</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Jef Leempoels, La femme à brindille, lithographie, 1921.</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1920 - 1940</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>taillé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>95198</v>
+        <v>68380</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Exposition Franco Belge Mode, toilette, parure</t>
+          <t>Jef Leempoels, La femme à brindille, lithographie, 1921.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
-          <t>Toussaint, Fernand</t>
+          <t>Leempoels, Jef</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>68946</v>
+        <v>84060</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Henri Thomas, Tête de femme, lithographie, 1922.</t>
+          <t>Portrait du docteur Bordet</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D256" s="2"/>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D256" s="2" t="inlineStr">
+        <is>
+          <t>Madyol, Jacques</t>
+        </is>
+      </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>88718</v>
+        <v>11475</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Livre yiddish « Shtetl. Mon foyer détruit. Souvenirs », illustré de 31 lithographies </t>
+          <t>Portrait de Suzanne et Barthélémy</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Ryback, Issachar</t>
+          <t>Fabry, Émile</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>1923 - </t>
+          <t>1921 - 1921</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>68458</v>
+        <v>68946</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Adrien Dupagne, Exposition Dupagne à La Meuse du 2 au 13 novembre 1924 [Jeune fille à la fleur], affiche, 1924.</t>
+          <t>Henri Thomas, Tête de femme, lithographie, 1922.</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D258" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D258" s="2"/>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>77283</v>
+        <v>95198</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Le baiser</t>
+          <t>Exposition Franco Belge Mode, toilette, parure</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Mambour, Auguste</t>
+          <t>Toussaint, Fernand</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1924 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>lithographie, technique de gravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>59685</v>
+        <v>88718</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Livre yiddish « Shtetl. Mon foyer détruit. Souvenirs », illustré de 31 lithographies </t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D260" s="2"/>
+          <t>Musée Juif de Belgique</t>
+        </is>
+      </c>
+      <c r="D260" s="2" t="inlineStr">
+        <is>
+          <t>Ryback, Issachar</t>
+        </is>
+      </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1923 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>taillé, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>59684</v>
+        <v>77283</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Éventail plié</t>
+          <t>Le baiser</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
-          <t>Musée Mode &amp; Dentelle</t>
-[...2 lines deleted...]
-      <c r="D261" s="2"/>
+          <t>Musée David et Alice van Buuren</t>
+        </is>
+      </c>
+      <c r="D261" s="2" t="inlineStr">
+        <is>
+          <t>Mambour, Auguste</t>
+        </is>
+      </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>1925 - 1930</t>
+          <t>1924 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>éventail plié</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>bois, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>lithographie, taillé</t>
+          <t>lithographie, technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>79232</v>
+        <v>68458</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Kermesse à Saint-Job.</t>
+          <t>Adrien Dupagne, Exposition Dupagne à La Meuse du 2 au 13 novembre 1924 [Jeune fille à la fleur], affiche, 1924.</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Sneyers, Emile</t>
+          <t>Dupagne, Adrien</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
-[...3 lines deleted...]
-      <c r="G262" s="2"/>
+          <t>1924 - </t>
+        </is>
+      </c>
+      <c r="F262" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G262" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>68985</v>
+        <v>59685</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Charles Lucien Léandre, L'union franco-belge-luxembourgeoise / menu du comité "France-Belgique-Luxembourg" du dîner du samedi 20 mars 1926, lithographie, 1926.</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>taillé, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>39824</v>
+        <v>59684</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Éventail plié</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D264" s="2"/>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1925 - 1930</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>éventail plié</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois, papier</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>29245</v>
+        <v>79232</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Exposition - rétrospective … Sadeleer</t>
+          <t>Kermesse à Saint-Job</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Sneyers, Emile</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
-[...2 lines deleted...]
-      <c r="F265" s="2"/>
+          <t>1926 - </t>
+        </is>
+      </c>
+      <c r="F265" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>pastel, crayon de couleur, papier</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>29249</v>
+        <v>68985</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Folklore et Primitive Art</t>
+          <t>Charles Lucien Léandre, L'union franco-belge-luxembourgeoise / menu du comité "France-Belgique-Luxembourg" du dîner du samedi 20 mars 1926, lithographie, 1926.</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Tytgat, Edgard</t>
+          <t>Léandre, Charles Lucien</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
-[...2 lines deleted...]
-      <c r="F266" s="2"/>
+          <t>1926 - </t>
+        </is>
+      </c>
+      <c r="F266" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>30983</v>
+        <v>39824</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Diplôme de l'exposition internationale</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine)</t>
+          <t>Swyncop, Philippe</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1928 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>68474</v>
+        <v>29245</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Leon Devos, Tête de femme, lithographie, 1930.</t>
+          <t>Exposition - rétrospective … Sadeleer</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
-          <t>Devos, Leon</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1929 - </t>
+        </is>
+      </c>
+      <c r="F268" s="2"/>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>69091</v>
+        <v>29249</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Frans Holst, Le cabaret "de Kwak" à Woluwé-Saint-Lambert, lithographie, 1931.</t>
+          <t>Folklore et Primitive Art</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
-          <t>Holst, Frans</t>
+          <t>Tytgat, Edgard</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1929 - </t>
+        </is>
+      </c>
+      <c r="F269" s="2"/>
       <c r="G269" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>68974</v>
+        <v>68474</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>ELL, Cavalière sautant un obstacle, lithographie, 1933.</t>
+          <t>Leon Devos, Tête de femme, lithographie, 1930.</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Devos, Leon</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1933 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>68975</v>
+        <v>30983</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>ELL, Chasseur poursuivant un cerf, lithographie, 1934.</t>
+          <t>Diplôme de l'exposition internationale</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Eglise Saint-Jean-Baptiste au Béguinage</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>68905</v>
+        <v>69091</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Rodolphe Strebelle, Le château du Wolvendael, lithographie, 1936.</t>
+          <t>Frans Holst, Le cabaret "de Kwak" à Woluwé-Saint-Lambert, lithographie, 1931.</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
-          <t>Strebelle,  Rodolphe</t>
+          <t>Holst, Frans</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1936 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>68907</v>
+        <v>68974</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Léon Pringels, Jeunes muses, lithographie, 1942.</t>
+          <t>ELL, Cavalière sautant un obstacle, lithographie, 1933.</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
-          <t>inconnu,  / Pringels,  Léon</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1942 - </t>
+          <t>1933 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>67791</v>
+        <v>68975</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Billet de la loterie coloniale</t>
+          <t>ELL, Chasseur poursuivant un cerf, lithographie, 1934.</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1946 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>54232</v>
+        <v>68905</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Affiche publicitaire Zoo d'Anvers avec ours polaire, impr. René Van Poppel (Anvers), 1950.</t>
+          <t>Rodolphe Strebelle, Le château du Wolvendael, lithographie, 1936.</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
-          <t>Van Poppel, René</t>
+          <t>Strebelle,  Rodolphe</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1936 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H275" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>51013</v>
+        <v>79047</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>L'Atelier de Toone à Bruxelles</t>
+          <t>Vieux café à Saint-Job</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
-          <t>Bourgeois, Jef</t>
+          <t>Jacobs</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>40091</v>
+        <v>68907</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Chez Toone V</t>
+          <t>Léon Pringels, Jeunes muses, lithographie, 1942.</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
-          <t>Bourgeois, Jef</t>
+          <t>inconnu,  / Pringels,  Léon</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1942 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H277" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>94911</v>
+        <v>67791</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Billet de la loterie coloniale</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
-          <t>Roulin, Félix</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1965 - </t>
+          <t>1946 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G278" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G278" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H278" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>88884</v>
+        <v>54232</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Affiche « Commémoration du 25e anniversaire du soulèvement du Ghetto de Varsovie » </t>
+          <t>Affiche publicitaire Zoo d'Anvers avec ours polaire, impr. René Van Poppel (Anvers), 1950.</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
-          <t>Fiszman, Gilles</t>
+          <t>Van Poppel, René</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H279" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>91043</v>
+        <v>51013</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Purim</t>
+          <t>L'Atelier de Toone à Bruxelles</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
-          <t>Sima, Miron</t>
+          <t>Bourgeois, Jef</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G280" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G280" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H280" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>66171</v>
+        <v>40091</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Avis 1972</t>
+          <t>Chez Toone V</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
-          <t>Alechinsky, Pierre</t>
+          <t>Bourgeois, Jef</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1958 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>98877</v>
+        <v>94911</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Exode</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
-          <t>Habsch, Mary</t>
+          <t>Roulin, Félix</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1965 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
-      <c r="G282" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G282" s="2"/>
       <c r="H282" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>39619</v>
+        <v>88884</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Moi-même (1977)</t>
+          <t>Affiche « Commémoration du 25e anniversaire du soulèvement du Ghetto de Varsovie » </t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
-          <t>Gorsline, Douglas</t>
+          <t>Fiszman, Gilles</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>41636</v>
+        <v>91043</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>La maison du Portier - Mon atelier</t>
+          <t>Purim</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
-          <t>Haine, Désiré</t>
+          <t>Sima, Miron</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1978 - </t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>39618</v>
+        <v>66171</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Maintenant l'hiver</t>
+          <t>Avis 1972</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
-          <t>Gorsline, Douglas</t>
+          <t>Alechinsky, Pierre</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique d'impression, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>94891</v>
+        <v>98877</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Greenpeace</t>
+          <t>Exode</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Habsch, Mary</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1988 - </t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>79535</v>
+        <v>39619</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Le Château Allard.</t>
+          <t>Moi-même (1977)</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
-          <t>Deraef, André</t>
+          <t>Gorsline, Douglas</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G287" s="2"/>
+      <c r="G287" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>94890</v>
+        <v>41636</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Uma Mostra</t>
+          <t>La maison du Portier - Mon atelier</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Haine, Désiré</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1978 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G288" s="2"/>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>39865</v>
+        <v>39618</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Domestic chasm</t>
+          <t>Maintenant l'hiver</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
-          <t>Trisko, Dean</t>
+          <t>Gorsline, Douglas</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>39866</v>
+        <v>94891</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Found chasm</t>
+          <t>Greenpeace</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
-          <t>Trisko, Dean</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1988 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>41795</v>
+        <v>79535</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Le Château Allard</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
-          <t>Stoleru , Roxana</t>
+          <t>Deraef, André</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
-[...3 lines deleted...]
-      <c r="G291" s="2"/>
+          <t>1989 - </t>
+        </is>
+      </c>
+      <c r="F291" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G291" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>56159</v>
+        <v>94890</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t> Rêves de Pierres</t>
+          <t>Uma Mostra</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>40061</v>
+        <v>39865</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Le jardin des sculptures</t>
+          <t>Domestic chasm</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Trisko, Dean</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>107683</v>
+        <v>39866</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Mon âme sombre</t>
+          <t>Found chasm</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
-          <t>Schelstraete, Eric</t>
+          <t>Trisko, Dean</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>54191</v>
+        <v>41795</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Affiche publicitaire Institut Saint-Jean-Baptiste, Rue des Quatre-Vents (Molenbeek-Saint-Jean), KOLV, Kunstdrukschool Onze Lieve Vrouw (Gent), s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
-          <t>KOLV, Kunstdrukschool Onze Lieve Vrouw (Gent)</t>
+          <t>Stoleru , Roxana</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...11 lines deleted...]
-      </c>
+          <t>1999 - </t>
+        </is>
+      </c>
+      <c r="F295" s="2"/>
+      <c r="G295" s="2"/>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>41789</v>
+        <v>56159</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t> Rêves de Pierres</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
-          <t>Goffin, Josse</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H296" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>68461</v>
+        <v>40061</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Auguste Donnay, Ophélie, lithographie, s.d.</t>
+          <t>Le jardin des sculptures</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
-          <t>Donnay, Auguste</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G297" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H297" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>68469</v>
+        <v>107683</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Arthur Douhaerdt, Coin à Crainhem, gravure, s.d.</t>
+          <t>Mon âme sombre</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
-          <t>Doehaerd, Arthur</t>
+          <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2023 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>68470</v>
+        <v>69026</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Arthur Douhaerdt, Meunerie à Crainhem, lithographie, s.d.</t>
+          <t>Georges de Feure [pseud. Georges Joseph van Sluÿters], Le lapin, lithographie, impr. G. Bataille (Paris), s.d.</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
-          <t>Doehaerd, Arthur</t>
+          <t>de Feure, Georges</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H299" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>68471</v>
+        <v>68906</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Arthur Douhaerdt, Vieille ferme à Sterrebeek, gravure, s.d.</t>
+          <t>Theodore Fourmois, Portrait d'Erivan (d'après Tschaggeny), lithographie, s.d.</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
-          <t>Doehaerd, Arthur</t>
+          <t>Fourmois, Theodore</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H300" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>68472</v>
+        <v>69030</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Arthur Douhaerdt, Ruelle à Zellik, lithographie, s.d.</t>
+          <t>Jean Droit, Le poilu, lithographie, 1919.</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
-          <t>Doehaerd, Arthur</t>
+          <t>Droit, Jean</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>68473</v>
+        <v>69031</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Henri De Groux, Diane, lithographie, s.d.</t>
+          <t>Louis François Français, Au bord de l'étang, lithographie, s..d.</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
-          <t>De Groux, Henri Jules Charles Corneille</t>
+          <t>Français, François Louis</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>68475</v>
+        <v>69062</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>A. D'Inghuem, Marabout Sidi Brahim près Bone (Algérie), lithographie, s.d.</t>
+          <t>Julien Van de Veegaete, Jardinet de béguine, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D303" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>68476</v>
+        <v>69086</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>A. D'Inghuem, Croquis de mon braconnier, lithographie, s.d.</t>
+          <t>Theresa Van Craenenbroeck, Papillons, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
-          <t>D'Inghuem, A.</t>
+          <t>Vancraenenboeck, M. Th</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H304" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>68557</v>
+        <v>69087</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
+          <t>Theresa Van Craenenbroeck, Jeune femme, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Vancraenenboeck, M. Th</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>68558</v>
+        <v>69121</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Joseph Charles Hoolans, La Grand'place d'Alost, lithoraphie, s.d.</t>
+          <t>Charles De Groux, Le maître d'école (série "Les métiers désagréables"), lithographie, s.d.</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
-          <t>Hoolans, Joseph Charles</t>
+          <t>De Groux, Charles</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H306" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>68559</v>
+        <v>68945</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Joseph Charles Hoolans, Le marché aux houblons à Alost, lithographie, s.d.</t>
+          <t>Aimé Stevens, Mère et enfant, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
-          <t>Hoolans, Joseph Charles</t>
+          <t>Stevens, Aimé</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H307" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>94889</v>
+        <v>69163</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Milano</t>
+          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H308" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>68727</v>
+        <v>68947</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Alexandre Hannotiau, Avant le repas, lithographie, s.d.</t>
+          <t>Félicien Rops, L'acteur et dramaturge Victor Prilleux, lithographie, s.d. [1856].</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
-          <t>Hannotiau, Alexandre</t>
+          <t>Rops, Félicien</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H309" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>68762</v>
+        <v>68956</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Henri Thomas, Brunette endormie, lithographie, s.d.</t>
+          <t>Marius Renard, La mine, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D310" s="2"/>
+      <c r="D310" s="2" t="inlineStr">
+        <is>
+          <t>Renard, Marius</t>
+        </is>
+      </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G310" s="2"/>
+      <c r="G310" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>94892</v>
+        <v>68957</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Musée des Arts décoratifs</t>
+          <t>Oswald Poreau, Le chevet de la cathédrale, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Poreau, Oswald</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H311" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>68797</v>
+        <v>68958</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>anon., La dame au bouquet, lithographie, s.d.</t>
+          <t>Oswald Poreau, Le moulin dans la brume, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Poreau, Oswald</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>81280</v>
+        <v>68966</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Affiche publicitaire Liqueur Le Goudron, L. Noteris, impr. H. Vankerkhoven (Molenbeek-Saint-Jean), s.d.</t>
+          <t>Alfred Moitroux, Deux visages de femme, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
-          <t>Imprimerie H. Vankerkhoven</t>
+          <t>Moitroux, Alfred</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F313" s="2"/>
-      <c r="G313" s="2"/>
+      <c r="F313" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G313" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>95146</v>
+        <v>68970</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>An Alice Editions poster</t>
+          <t>Henriette Bosché, Coin de vieille ville flamande, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Bosché, Henriette</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G314" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G314" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>68853</v>
+        <v>68973</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Pierre Abattucci, La Patrie reconnaissante (Le retour du soldat belge ), lithographie, s.d.</t>
+          <t>Utamaro (attribué à), L'attente, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
-          <t>Abattucci, Pierre</t>
+          <t>Utamaro</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>95149</v>
+        <v>68977</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Centro internazionale di Studi di Architettura</t>
+          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G316" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G316" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>68884</v>
+        <v>68980</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Théophile-Alexandre Steinlen, L'exécution militaire, lithographie, s.d. [1897].</t>
+          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
-          <t>Steinlen, Théophile-Alexandre</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>95151</v>
+        <v>68983</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>20e festival "La Versiliana"</t>
+          <t>J.H. Hoffmeister, Paysage d'hiver, d'après J. F. Hoppenbrouwers, lithographie, éd. F. Fuhri ('s Gravenhage), s.d.</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Hoffmeister, J.h.</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G318" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G318" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>68888</v>
+        <v>68993</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
+          <t>anon., sans titre [Molenbeek-Saint-Jean, Pont Sainctelette et Boulevard Léopold II], eau-forte, s.d.</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H319" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>95152</v>
+        <v>69021</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Blue Shadow</t>
+          <t>Ch. Schultze, Vive le Roi, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Schultze, Ch.</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G320" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G320" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>68376</v>
+        <v>69025</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Amédée Lynen, Le bon artisan, lithographie, s.d. [vers 1893-1895].</t>
+          <t>Chrétien, L'Amour ranimant Psyché, d'après le groupe de Canova, lithographie, impr. Melle Formentin, s.d. [1ère moitié 19e siècle].</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
-          <t>Lynen, Amédée</t>
+          <t>Chretien</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F321" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G321" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>95154</v>
+        <v>68461</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>L'amour nu</t>
+          <t>Auguste Donnay, Ophélie, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Donnay, Auguste</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G322" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G322" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>68906</v>
+        <v>68469</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Theodore Fourmois, Portrait d'Erivan (d'après Tschaggeny), lithographie, s.d.</t>
+          <t>Arthur Douhaerdt, Coin à Crainhem, gravure, s.d.</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
-          <t>Fourmois, Theodore</t>
+          <t>Doehaerd, Arthur</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F323" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>95158</v>
+        <v>68470</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Blue Rose</t>
+          <t>Arthur Douhaerdt, Meunerie à Crainhem, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Doehaerd, Arthur</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G324" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G324" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H324" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>95160</v>
+        <v>68471</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Museo Morandi</t>
+          <t>Arthur Douhaerdt, Vieille ferme à Sterrebeek, gravure, s.d.</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
-          <t>Folon, Jean-Michel</t>
+          <t>Doehaerd, Arthur</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
-[...2 lines deleted...]
-      <c r="G325" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G325" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>68381</v>
+        <v>68472</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>René Leclercq, Tête de penseur, lithographie, s.d.</t>
+          <t>Arthur Douhaerdt, Ruelle à Zellik, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
-          <t>Leclercq, René</t>
+          <t>Doehaerd, Arthur</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G326" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H326" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>68383</v>
+        <v>68473</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Frans Holst, Le pont de la fontaine à Malines, lithographie, s.d.</t>
+          <t>Henri De Groux, Diane, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
-          <t>Holst, Frans</t>
+          <t>De Groux, Henri Jules Charles Corneille</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>68442</v>
+        <v>68475</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Charles Billoin, Portrait de l'amman de Bruxelles sous Joseph II, Ferdinand Pierre Rapedius de Berg, lithographie, s.d.</t>
+          <t>A. D'Inghuem, Marabout Sidi Brahim près Bone (Algérie), lithographie, s.d.</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
-          <t>Billoin, Charles</t>
+          <t>D'Inghuem, A.</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>68966</v>
+        <v>68476</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Alfred Moitroux, Deux visages de femme, lithographie, s.d.</t>
+          <t>A. D'Inghuem, Croquis de mon braconnier, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
-          <t>Moitroux, Alfred</t>
+          <t>D'Inghuem, A.</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>68970</v>
+        <v>68557</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Henriette Bosché, Coin de vieille ville flamande, lithographie, s.d.</t>
+          <t>A. P. [Sander Pierron ?], Portrait d'homme, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
-          <t>Bosché, Henriette</t>
+          <t>inconnu</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>68973</v>
+        <v>68558</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Utamaro (attribué à), L'attente, lithographie, s.d.</t>
+          <t>Joseph Charles Hoolans, La Grand'place d'Alost, lithoraphie, s.d.</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
-          <t>Utamaro</t>
+          <t>Hoolans, Joseph Charles</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G331" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>68977</v>
+        <v>68559</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>anon., Quatre samouraïs, lithograpghie, s.d.</t>
+          <t>Joseph Charles Hoolans, Le marché aux houblons à Alost, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Hoolans, Joseph Charles</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
-          <t>lithographie, collé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>68980</v>
+        <v>68727</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>anon., La porte de Flandre [entre Bruxelles et Molenbeek-Saint-Jean], lithographie, s.d.</t>
+          <t>Alexandre Hannotiau, Avant le repas, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Hannotiau, Alexandre</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>68983</v>
+        <v>68762</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>J.H. Hoffmeister, Paysage d'hiver, d'après J. F. Hoppenbrouwers, lithographie, éd. F. Fuhri ('s Gravenhage), s.d.</t>
+          <t>Henri Thomas, Brunette endormie, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D334" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D334" s="2"/>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G334" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G334" s="2"/>
       <c r="H334" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>68993</v>
+        <v>68797</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>anon., sans titre [Molenbeek-Saint-Jean, Pont Sainctelette et Boulevard Léopold II], eau-forte, s.d.</t>
+          <t>anon., La dame au bouquet, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>69021</v>
+        <v>68853</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Ch. Schultze, Vive le Roi, lithographie, s.d.</t>
+          <t>Pierre Abattucci, La Patrie reconnaissante (Le retour du soldat belge ), lithographie, s.d.</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
-          <t>Schultze, Ch.</t>
+          <t>Abattucci, Pierre</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G336" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H336" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>69025</v>
+        <v>68884</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Chrétien, L'Amour ranimant Psyché, d'après le groupe de Canova, lithographie, impr. Melle Formentin, s.d. [1ère moitié 19e siècle].</t>
+          <t>Théophile-Alexandre Steinlen, L'exécution militaire, lithographie, s.d. [1897].</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
-          <t>Chretien</t>
+          <t>Steinlen, Théophile-Alexandre</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>69026</v>
+        <v>68888</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Georges de Feure [pseud. Georges Joseph van Sluÿters], Le lapin, lithographie, impr. G. Bataille (Paris), s.d.</t>
+          <t>Charles Billoin, Portrait de la tragédienne Rachel, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
-          <t>de Feure, Georges</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>lithographie, collé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>69030</v>
+        <v>68376</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Jean Droit, Le poilu, lithographie, 1919.</t>
+          <t>Amédée Lynen, Le bon artisan, lithographie, s.d. [vers 1893-1895].</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
-          <t>Droit, Jean</t>
+          <t>Lynen, Amédée</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>69031</v>
+        <v>54191</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Louis François Français, Au bord de l'étang, lithographie, s..d.</t>
+          <t>Affiche publicitaire Institut Saint-Jean-Baptiste, Rue des Quatre-Vents (Molenbeek-Saint-Jean), KOLV, Kunstdrukschool Onze Lieve Vrouw (Gent), s.d.</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
-          <t>Français, François Louis</t>
+          <t>KOLV, Kunstdrukschool Onze Lieve Vrouw (Gent)</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>69062</v>
+        <v>68381</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Julien Van de Veegaete, Jardinet de béguine, lithographie, s.d.</t>
+          <t>René Leclercq, Tête de penseur, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
-      <c r="D341" s="2"/>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Leclercq, René</t>
+        </is>
+      </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>69086</v>
+        <v>68383</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Theresa Van Craenenbroeck, Papillons, lithographie, s.d.</t>
+          <t>Frans Holst, Le pont de la fontaine à Malines, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
-          <t>Vancraenenboeck, M. Th</t>
+          <t>Holst, Frans</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>69087</v>
+        <v>68442</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Theresa Van Craenenbroeck, Jeune femme, lithographie, s.d.</t>
+          <t>Charles Billoin, Portrait de l'amman de Bruxelles sous Joseph II, Ferdinand Pierre Rapedius de Berg, lithographie, s.d.</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
-          <t>Vancraenenboeck, M. Th</t>
+          <t>Billoin, Charles</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>69121</v>
+        <v>94892</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Charles De Groux, Le maître d'école (série "Les métiers désagréables"), lithographie, s.d.</t>
+          <t>Musée des Arts décoratifs</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
-          <t>De Groux, Charles</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>68945</v>
+        <v>81280</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Aimé Stevens, Mère et enfant, lithographie, s.d.</t>
+          <t>Affiche publicitaire Liqueur Le Goudron, L. Noteris, impr. H. Vankerkhoven (Molenbeek-Saint-Jean), s.d. [vers 1911-1914].</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
-          <t>Stevens, Aimé</t>
+          <t>Imprimerie H. Vankerkhoven</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F345" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F345" s="2"/>
+      <c r="G345" s="2"/>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>69163</v>
+        <v>95146</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>anon., Maison au bord de l'étang, photo rehaussée à la gouache, s.d.</t>
+          <t>An Alice Editions poster</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
-          <t>inconnu</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G346" s="2"/>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>68947</v>
+        <v>95149</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Félicien Rops, L'acteur et dramaturge Victor Prilleux, lithographie, s.d. [1856].</t>
+          <t>Centro internazionale di Studi di Architettura</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
-          <t>Rops, Félicien</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G347" s="2"/>
       <c r="H347" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>68956</v>
+        <v>95151</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Marius Renard, La mine, lithographie, s.d.</t>
+          <t>20e festival "La Versiliana"</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
-          <t>Renard, Marius</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G348" s="2"/>
       <c r="H348" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>68957</v>
+        <v>95152</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Oswald Poreau, Le chevet de la cathédrale, lithographie, s.d.</t>
+          <t>Blue Shadow</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
-          <t>Poreau, Oswald</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G349" s="2"/>
       <c r="H349" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>68958</v>
+        <v>95154</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Oswald Poreau, Le moulin dans la brume, lithographie, s.d.</t>
+          <t>L'amour nu</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
-          <t>Poreau, Oswald</t>
+          <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G350" s="2"/>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="1" t="n">
+        <v>95158</v>
+      </c>
+      <c r="B351" s="2" t="inlineStr">
+        <is>
+          <t>Blue Rose</t>
+        </is>
+      </c>
+      <c r="C351" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D351" s="2" t="inlineStr">
+        <is>
+          <t>Folon, Jean-Michel</t>
+        </is>
+      </c>
+      <c r="E351" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F351" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G351" s="2"/>
+      <c r="H351" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="1" t="n">
+        <v>95160</v>
+      </c>
+      <c r="B352" s="2" t="inlineStr">
+        <is>
+          <t>Museo Morandi</t>
+        </is>
+      </c>
+      <c r="C352" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
+        <is>
+          <t>Folon, Jean-Michel</t>
+        </is>
+      </c>
+      <c r="E352" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F352" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G352" s="2"/>
+      <c r="H352" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="1" t="n">
+        <v>94889</v>
+      </c>
+      <c r="B353" s="2" t="inlineStr">
+        <is>
+          <t>Milano</t>
+        </is>
+      </c>
+      <c r="C353" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D353" s="2" t="inlineStr">
+        <is>
+          <t>Folon, Jean-Michel</t>
+        </is>
+      </c>
+      <c r="E353" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F353" s="2" t="inlineStr">
+        <is>
+          <t>affiche</t>
+        </is>
+      </c>
+      <c r="G353" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H353" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="1" t="n">
+        <v>41789</v>
+      </c>
+      <c r="B354" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C354" s="2" t="inlineStr">
+        <is>
+          <t>Commune d'Auderghem</t>
+        </is>
+      </c>
+      <c r="D354" s="2" t="inlineStr">
+        <is>
+          <t>Goffin, Josse</t>
+        </is>
+      </c>
+      <c r="E354" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F354" s="2" t="inlineStr">
+        <is>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G354" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H354" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression, lithographie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>