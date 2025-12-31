--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H267"/>
+  <dimension ref="A1:H268"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,2101 +179,2101 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39991</v>
+        <v>63333</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Séchoir, dans la forêt</t>
+          <t>Diapositives - Jules Verne</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>De Coster, Marguerite</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G2" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39992</v>
+        <v>63335</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tryptique</t>
+          <t>Diapositives - Hanovre</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Parker, Paul</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>40081</v>
+        <v>83582</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ptite voiture Za</t>
+          <t>La rue d'une personne</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Delmelle, Michel</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>40082</v>
+        <v>83584</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nanas sur vespa</t>
+          <t>Venise côté coeur (2)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Fresco, André</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G5" s="2"/>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>40083</v>
+        <v>83598</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Bouquet sur vélos</t>
+          <t>Lettre d'amour de Mohamed à Caroline /Loveletter I</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>40084</v>
+        <v>63339</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Musiciens voyageurs</t>
+          <t>Diapositives - Quarxs</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G7" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G7" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>40085</v>
+        <v>83602</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Petites autos</t>
+          <t>Galerie de portraits bruxellois</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Willem, Julien</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G8" s="2"/>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>métal, papier</t>
+        </is>
+      </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>40086</v>
+        <v>63348</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Pavés</t>
+          <t>Diapositives - Livres</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G9" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G9" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>40087</v>
+        <v>63351</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Lion triste</t>
+          <t>Diapositives - Dessins</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>40088</v>
+        <v>84053</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Homme sur place</t>
+          <t>Venise côté coeur</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Fresco, André</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>40089</v>
+        <v>63355</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Chemin panoramique</t>
+          <t>Diapositives - Storyboard</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G12" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>40090</v>
+        <v>84073</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Garage 9</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>39780</v>
+        <v>63357</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Regards d'Australie</t>
+          <t>Diapositives - Photographies noir et blanc</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Walschaerts, François</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42045</v>
+        <v>84074</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Trois fontaines</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Claes, Xavier</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E15" s="2"/>
-      <c r="F15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>39782</v>
+        <v>63358</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Vicomte Terlinden</t>
+          <t>Diapositives - Conte princesse petit pois</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, marouflé</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>42430</v>
+        <v>84075</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Lisbonne</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Claes, Xavier</t>
-[...6 lines deleted...]
-      </c>
+          <t>Masui, Adrien</t>
+        </is>
+      </c>
+      <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>87936</v>
+        <v>63360</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le grand if </t>
+          <t>Photographie de François Schuiten</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G18" s="2"/>
+          <t>autre document imprimé</t>
+        </is>
+      </c>
+      <c r="G18" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre, papier photographique</t>
+        </is>
+      </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>99893</v>
+        <v>84143</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
+          <t>Baudelaire de 1 à 7</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée Maurice Carême</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Derick, L.</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>63237</v>
+        <v>63361</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Blossfledt</t>
+          <t>Diapositives - Gwendoline et les machinistes</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>63239</v>
+        <v>84158</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Enfant Penchée</t>
+          <t>Site</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
+          <t>Fastenaekens, Gilbert</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>63245</v>
+        <v>63362</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Portraits de François Schuiten</t>
+          <t>Diapositives - Documentation</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>63246</v>
+        <v>84166</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
+          <t>Novosibirsk</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Selleslags, Herman</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>63248</v>
+        <v>63363</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Maison Autrique</t>
+          <t>Diapositives - Paris du futur</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, dessin</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>63249</v>
+        <v>84167</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Mundaneum Mons</t>
+          <t>Chicon</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Suls, J.</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>63251</v>
+        <v>63365</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Arts&amp;Metiers Paris</t>
+          <t>Photographies machine volante</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois</t>
         </is>
       </c>
-      <c r="E26" s="2"/>
+      <c r="E26" s="2" t="inlineStr">
+        <is>
+          <t> - 1999</t>
+        </is>
+      </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>encre, papier, papier photographique</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>63252</v>
+        <v>84265</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Porte de Hal</t>
+          <t>Photographie</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
-[...7 lines deleted...]
-      </c>
+          <t>Van Mansfeld, Jacques / Compagnie des Bronzes ,  / Houtstont, Georges</t>
+        </is>
+      </c>
+      <c r="E27" s="2" t="inlineStr">
+        <is>
+          <t> - 1896</t>
+        </is>
+      </c>
+      <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>papier photographique, verre, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>tirage, photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>63253</v>
+        <v>87936</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Paris Eiffel</t>
+          <t>Le grand if </t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>63255</v>
+        <v>63237</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Maurice Tillieux</t>
+          <t>Diapositives - Blossfledt</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>63258</v>
+        <v>63239</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Sciences Naturelles</t>
+          <t>Diapositives - L'Enfant Penchée</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>63333</v>
+        <v>63245</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Jules Verne</t>
+          <t>Diapositives - Portraits de François Schuiten</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>63335</v>
+        <v>63246</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Hanovre</t>
+          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>83582</v>
+        <v>63248</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La rue d'une personne</t>
+          <t>Diapositives - Maison Autrique</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Delmelle, Michel</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>83584</v>
+        <v>63249</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Venise côté coeur (2)</t>
+          <t>Diapositives - Mundaneum Mons</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Fresco, André</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>83598</v>
+        <v>63251</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Lettre d'amour de Mohamed à Caroline /Loveletter I</t>
+          <t>Diapositives - Arts&amp;Metiers Paris</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>63339</v>
+        <v>63252</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Quarxs</t>
+          <t>Diapositives - Porte de Hal</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>83602</v>
+        <v>63253</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Galerie de portraits bruxellois</t>
+          <t>Diapositives - Paris Eiffel</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Willem, Julien</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>métal, papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>63348</v>
+        <v>63255</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Livres</t>
+          <t>Diapositives - Maurice Tillieux</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>63351</v>
+        <v>63258</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Dessins</t>
+          <t>Diapositives - Sciences Naturelles</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>84053</v>
+        <v>87939</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Venise côté coeur</t>
+          <t>Le petit Mercure d'Annevoie </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Fresco, André</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>63355</v>
+        <v>87940</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Storyboard</t>
+          <t>le petit pont aux glycines </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>84073</v>
+        <v>87941</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Ivre de lumière </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>63357</v>
+        <v>87942</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Photographies noir et blanc</t>
+          <t>L'été</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G43" s="2"/>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>84074</v>
+        <v>87943</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Pluie</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>63358</v>
+        <v>99893</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Conte princesse petit pois</t>
+          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Maurice Carême</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>87939</v>
+        <v>39782</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Le petit Mercure d'Annevoie </t>
+          <t>Le Vicomte Terlinden</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E46" s="2"/>
-      <c r="F46" s="2"/>
-      <c r="G46" s="2"/>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>84075</v>
+        <v>42430</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Lisbonne</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
-[...2 lines deleted...]
-      <c r="E47" s="2"/>
+          <t>Claes, Xavier</t>
+        </is>
+      </c>
+      <c r="E47" s="2" t="inlineStr">
+        <is>
+          <t> - 1999</t>
+        </is>
+      </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G47" s="2"/>
+      <c r="G47" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>63360</v>
+        <v>39991</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Photographie de François Schuiten</t>
+          <t>Séchoir, dans la forêt</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>De Coster, Marguerite</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G48" s="2"/>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>87940</v>
+        <v>39992</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>le petit pont aux glycines </t>
+          <t>Tryptique</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Parker, Paul</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G49" s="2"/>
+      <c r="G49" s="2" t="inlineStr">
+        <is>
+          <t>panneau</t>
+        </is>
+      </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>84143</v>
+        <v>40081</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Baudelaire de 1 à 7</t>
+          <t>Ptite voiture Za</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Derick, L.</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>photo-montage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>63361</v>
+        <v>40082</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Gwendoline et les machinistes</t>
+          <t>Nanas sur vespa</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>87941</v>
+        <v>40083</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ivre de lumière </t>
+          <t>Bouquet sur vélos</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>84158</v>
+        <v>40084</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Site</t>
+          <t>Musiciens voyageurs</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Fastenaekens, Gilbert</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G53" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G53" s="2"/>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>63362</v>
+        <v>40085</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Documentation</t>
+          <t>Petites autos</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>87942</v>
+        <v>40086</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>L'été</t>
+          <t>Pavés</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>84166</v>
+        <v>40087</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Novosibirsk</t>
+          <t>Lion triste</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Selleslags, Herman</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>63363</v>
+        <v>40088</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Paris du futur</t>
+          <t>Homme sur place</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>87943</v>
+        <v>40089</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Pluie</t>
+          <t>Chemin panoramique</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>84167</v>
+        <v>40090</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Chicon</t>
+          <t>Garage 9</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Suls, J.</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>63365</v>
+        <v>39780</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Photographies machine volante</t>
+          <t>Regards d'Australie</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
-[...6 lines deleted...]
-      </c>
+          <t>Walschaerts, François</t>
+        </is>
+      </c>
+      <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>encre, papier, papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>84265</v>
+        <v>42045</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Photographie</t>
+          <t>Trois fontaines</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Van Mansfeld, Jacques / Compagnie des Bronzes ,  / Houtstont, Georges</t>
-[...6 lines deleted...]
-      </c>
+          <t>Claes, Xavier</t>
+        </is>
+      </c>
+      <c r="E61" s="2"/>
       <c r="F61" s="2"/>
-      <c r="G61" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G61" s="2"/>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>tirage, photo-montage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
         <v>56738</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>Verreries Fauquez</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Desombres, Augustin</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t> - 2002</t>
@@ -3215,371 +3215,371 @@
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>53010</v>
+        <v>48378</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
+          <t>Tour de la première enciente de Bruxelles, dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
-      <c r="F87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F87" s="2"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>53012</v>
+        <v>48379</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
+          <t>Tour de la première enceinte de Bruxelles située rue des Comédiens (vestiges dans parking de la Banque Nationale – rue Montagne aux Herbes Potagères)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>48378</v>
+        <v>48380</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enciente de Bruxelles, dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
+          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
-      <c r="F89" s="2"/>
+      <c r="F89" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>48379</v>
+        <v>48381</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles située rue des Comédiens (vestiges dans parking de la Banque Nationale – rue Montagne aux Herbes Potagères)</t>
+          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>48380</v>
+        <v>48382</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
+          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>48381</v>
+        <v>48383</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
+          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>48382</v>
+        <v>48384</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
+          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>48383</v>
+        <v>53010</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
+          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>48384</v>
+        <v>53012</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
+          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
@@ -3991,179 +3991,179 @@
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1921 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>photographie, archives</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>43119</v>
+        <v>43117</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Portrait et bénédiction apostolique du Papie Pie XI</t>
+          <t>Portraits des membres du Comité du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
         </is>
       </c>
-      <c r="D107" s="2"/>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Daams,  A.</t>
+        </is>
+      </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1923</t>
+          <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'écriture</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>45385</v>
+        <v>43119</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
+          <t>Portrait et bénédiction apostolique du Papie Pie XI</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1922 - 1923</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>archives, photographie</t>
-[...2 lines deleted...]
-      <c r="G108" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G108" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique, encre</t>
+        </is>
+      </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>45391</v>
+        <v>45385</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>archives, photographie</t>
         </is>
       </c>
-      <c r="G109" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>43117</v>
+        <v>45391</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Portraits des membres du Comité du Cercle Saint-Josse</t>
+          <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1922</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>archives, photographie</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
         <v>43118</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Photographie de la Première Foire Commerciale et de l'Exposition d'Art et de Travaux féminins organi</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Josse</t>
@@ -4319,121 +4319,121 @@
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>photographie, archives</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>36860</v>
+        <v>78727</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max et le roi Albert Ier</t>
+          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1934</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G116" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G116" s="2"/>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>78727</v>
+        <v>36860</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
+          <t>Adolphe Max et le roi Albert Ier</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1934</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G117" s="2"/>
+      <c r="G117" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
         <v>57530</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
           <t>Photographie publicitaire pour les cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
@@ -4807,106 +4807,106 @@
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1950 - 1964</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>45494</v>
+        <v>84556</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Photographie aérienne de l'aérogare de Zaventem</t>
+          <t>Photo Tram "11 barré" à Molenbeek-Saint-Jean, Boulevard du Jubilé, à hauteur de l'église Saint-Remi, photogr. Bazin, 1958.</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>MoMuse</t>
         </is>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
-      <c r="F129" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>84556</v>
+        <v>45494</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Photo Tram "11 barré" à Molenbeek-Saint-Jean, Boulevard du Jubilé, à hauteur de l'église Saint-Remi, photogr. Bazin, 1958.</t>
+          <t>Photographie aérienne de l'aérogare de Zaventem</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
-      <c r="F130" s="2"/>
-      <c r="G130" s="2"/>
+      <c r="F130" s="2" t="inlineStr">
+        <is>
+          <t>photographie, archives</t>
+        </is>
+      </c>
+      <c r="G130" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
         <v>76414</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme assise </t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
@@ -5419,120 +5419,120 @@
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>95226</v>
+        <v>63337</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles intime. Etterbeek, 5 novembre 1988, 17h50.</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Bertiau, Herman</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, encre, papier</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>63337</v>
+        <v>95226</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>Bruxelles intime. Etterbeek, 5 novembre 1988, 17h50.</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Bertiau, Herman</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
         <v>39644</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
@@ -5735,276 +5735,276 @@
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>39851</v>
+        <v>63336</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Ardennes belges</t>
+          <t>Photographies Musée des Arts et Métiers</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
-          <t>Claes, Xavier</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
-      <c r="F153" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F153" s="2"/>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique, encre, papier</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>71182</v>
+        <v>83609</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Binche. Sur les pavés de la rue - III</t>
+          <t>Série "Site"</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Arany, Laszlo</t>
+          <t>Fastenaekens, Gilbert</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>94894</v>
+        <v>63404</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Hélène Gancarska</t>
+          <t>Grand cirque Cissiste</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Goldberg, André</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, encre, papier photographique</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>63336</v>
+        <v>71182</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Photographies Musée des Arts et Métiers</t>
+          <t>Binche. Sur les pavés de la rue - III</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Arany, Laszlo</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
-      <c r="F156" s="2"/>
+      <c r="F156" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique de dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>83609</v>
+        <v>94894</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Série "Site"</t>
+          <t>Hélène Gancarska</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
-          <t>Fastenaekens, Gilbert</t>
+          <t>Goldberg, André</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>63404</v>
+        <v>39851</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Grand cirque Cissiste</t>
+          <t>Ardennes belges</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Claes, Xavier</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
         <v>63256</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
           <t> Photo Fresque “Le passage”</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois</t>
@@ -6091,685 +6091,685 @@
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1996 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>papier, papier photographique, encre</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>39953</v>
+        <v>94863</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekoise Anne François</t>
+          <t>L'annonce faite à Marie (1/10)</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Coquelet, Jean</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>39954</v>
+        <v>39953</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Émile Kestemont</t>
+          <t>Portrait de l'écrivain schaerbeekoise Anne François</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>39955</v>
+        <v>39954</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Charles Moisse</t>
+          <t>Portrait de l'écrivain schaerbeekois Émile Kestemont</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>39956</v>
+        <v>39955</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Gustave Magis</t>
+          <t>Portrait de l'écrivain schaerbeekois Charles Moisse</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>39957</v>
+        <v>39956</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Paul Delsemme</t>
+          <t>Portrait de l'écrivain schaerbeekois Gustave Magis</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>39958</v>
+        <v>39957</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Jean-Luc Outers</t>
+          <t>Portrait de l'écrivain schaerbeekois Paul Delsemme</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>39959</v>
+        <v>39958</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Frank Andriat</t>
+          <t>Portrait de l'écrivain schaerbeekois Jean-Luc Outers</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>39961</v>
+        <v>39959</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un écrivain Schaerbeekois Luc Schuiten</t>
+          <t>Portrait de l'écrivain schaerbeekois Frank Andriat</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>94863</v>
+        <v>39961</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>L'annonce faite à Marie (1/10)</t>
+          <t>Portrait d'un écrivain Schaerbeekois Luc Schuiten</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
-          <t>Coquelet, Jean</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
         <v>39936</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Thys, Stéphane</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>39908</v>
+        <v>95289</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Tirtagangga - Bali</t>
+          <t>L'atelier</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Bauduin, Dominique</t>
+          <t>Hays, Didier</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>39927</v>
+        <v>39908</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Cortège, rue Rogier</t>
+          <t>Tirtagangga - Bali</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Widawski, Raymond</t>
+          <t>Bauduin, Dominique</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>95289</v>
+        <v>39927</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>L'atelier</t>
+          <t>Cortège, rue Rogier</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Hays, Didier</t>
+          <t>Widawski, Raymond</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
         <v>29971</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
           <t>Kiss 5</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>aluminium</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>39970</v>
+        <v>62520</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Hôtel communal, la nuit</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Villani, Aldo</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>carton, papier, matière plastique</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>62520</v>
+        <v>39970</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>Hôtel communal, la nuit</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
+          <t>Villani, Aldo</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, matière plastique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
         <v>53404</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
           <t>Place de Brouckère</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
@@ -6891,1451 +6891,1451 @@
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>40078</v>
+        <v>94829</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>André Barthélémy dans son atelier</t>
+          <t>Autoportrait 5</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Debroe, Philippe</t>
+          <t>Amand, Nathalie</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
         <v>98092</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
           <t>Pompéi 1 (1/12)</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Houins, Steven</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>94829</v>
+        <v>40078</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait 5</t>
+          <t>André Barthélémy dans son atelier</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Amand, Nathalie</t>
+          <t>Debroe, Philippe</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>52301</v>
+        <v>52247</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>La place De Brouckere</t>
+          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>52212</v>
+        <v>52248</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Panorama des Marolles depuis la place Poelaert</t>
+          <t>Le quai au Bois de Construction et le quai à la Houille</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>52213</v>
+        <v>52249</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>La ville basse, vue de la Montagne de la Cour</t>
+          <t>Le quai du Commerce</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>52214</v>
+        <v>52250</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
+          <t>Le canal maritime et Bruxelles-port de mer</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>52215</v>
+        <v>52251</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Le passage vers la Gare Centrale (Putterie)</t>
+          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D189" s="2"/>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Diaz Garcia, A.</t>
+        </is>
+      </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>52216</v>
+        <v>52252</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>La rue de la Madeleine</t>
+          <t>Le bassin Vergote</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>52217</v>
+        <v>52270</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>La place d'Espagne</t>
+          <t>Façade néoclassique, première moitié du 19e siècle</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>École de photographie et de techniques visuelles Agnès Varda</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>52218</v>
+        <v>52271</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Un marché, place de l'Agora</t>
+          <t>Façade Art Nouveau 1898</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Galopin, M</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>52225</v>
+        <v>52272</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>La Bourse, vue de la rue J. Van Praet</t>
+          <t>Façade moderne du 21e siècle</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>52226</v>
+        <v>52274</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Dimanche sans voiture, rue A. Dansaert</t>
+          <t>La galerie du Roi</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Cerovina, Milena</t>
+          <t>Caufriez, J.-J.</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>52227</v>
+        <v>52275</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le complexe du Mont des Arts</t>
+          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Caufriez, J.-J.</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>52228</v>
+        <v>52300</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Le palais 5 du Heyzel</t>
+          <t>La Bourse</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>52229</v>
+        <v>52301</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>L'Atomium en rénovation</t>
+          <t>La place De Brouckere</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>52230</v>
+        <v>52212</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>La gare du Quartier Léopold, place du Luxembourg</t>
+          <t>Panorama des Marolles depuis la place Poelaert</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>52231</v>
+        <v>52213</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
+          <t>La ville basse, vue de la Montagne de la Cour</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>52234</v>
+        <v>52214</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Le jardin Botanique</t>
+          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>52239</v>
+        <v>52215</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Le jardin de la Cité administrative de l'Etat</t>
+          <t>Le passage vers la Gare Centrale (Putterie)</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D201" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D201" s="2"/>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>52240</v>
+        <v>52216</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Fontaine dans le parc de Bruxelles</t>
+          <t>La rue de la Madeleine</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>52241</v>
+        <v>52217</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Le square du Petit Sablon</t>
+          <t>La place d'Espagne</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>École de photographie et de techniques visuelles Agnès Varda</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>52242</v>
+        <v>52218</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>L'étang du parc Léopold</t>
+          <t>Un marché, place de l'Agora</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Galopin, M</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>52243</v>
+        <v>52225</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>L'écluse à Anderlecht</t>
+          <t>La Bourse, vue de la rue J. Van Praet</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>52247</v>
+        <v>52226</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
+          <t>Dimanche sans voiture, rue A. Dansaert</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Cerovina, Milena</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>52248</v>
+        <v>52227</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Le quai au Bois de Construction et le quai à la Houille</t>
+          <t>Le complexe du Mont des Arts</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>52249</v>
+        <v>52228</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Le quai du Commerce</t>
+          <t>Le palais 5 du Heyzel</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>52250</v>
+        <v>52229</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Le canal maritime et Bruxelles-port de mer</t>
+          <t>L'Atomium en rénovation</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>52251</v>
+        <v>52230</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
+          <t>La gare du Quartier Léopold, place du Luxembourg</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>52252</v>
+        <v>52231</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Le bassin Vergote</t>
+          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H211" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>52270</v>
+        <v>52234</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Façade néoclassique, première moitié du 19e siècle</t>
+          <t>Le jardin Botanique</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>52271</v>
+        <v>52239</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Façade Art Nouveau 1898</t>
+          <t>Le jardin de la Cité administrative de l'Etat</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H213" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>52272</v>
+        <v>52240</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Façade moderne du 21e siècle</t>
+          <t>Fontaine dans le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H214" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>52274</v>
+        <v>52241</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>La galerie du Roi</t>
+          <t>Le square du Petit Sablon</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H215" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>52275</v>
+        <v>52242</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
+          <t>L'étang du parc Léopold</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>52300</v>
+        <v>52243</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>La Bourse</t>
+          <t>L'écluse à Anderlecht</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
@@ -8363,535 +8363,535 @@
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Schein, Françoise</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>2006 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>40035</v>
+        <v>64601</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Containers with trumpet</t>
+          <t>Frise en fleurs</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Bouffioux, Paula</t>
+          <t>Kasimir, Marin</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>oeuvre d'art en espace public, luminaire</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>papier, aluminium</t>
+          <t>fibres synthétiques, aluminium</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>40036</v>
+        <v>94852</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Brussels Skyline</t>
+          <t>Taayush (Tayouch)</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Bouffioux, Paula</t>
+          <t>Boussois, Sébastien</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>papier, aluminium</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>94852</v>
+        <v>94923</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Taayush (Tayouch)</t>
+          <t>Trajectoires de vie - Portrait de Fafa</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>Boussois, Sébastien</t>
+          <t>D'Hulst, Francine</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>94923</v>
+        <v>40035</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Trajectoires de vie - Portrait de Fafa</t>
+          <t>Containers with trumpet</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>D'Hulst, Francine</t>
+          <t>Bouffioux, Paula</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, aluminium</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>64601</v>
+        <v>40036</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Frise en fleurs</t>
+          <t>Brussels Skyline</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Kasimir, Marin</t>
+          <t>Bouffioux, Paula</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, luminaire</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, aluminium</t>
+          <t>papier, aluminium</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>40044</v>
+        <v>98099</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>L'attente (triptyque)</t>
+          <t>Cité Interdite, Séville</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Matthieu, Mélanie</t>
+          <t>Harray, François</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>40045</v>
+        <v>40044</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>L'attente</t>
+          <t>L'attente (triptyque)</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Matthieu, Mélanie</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>98099</v>
+        <v>40045</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Cité Interdite, Séville</t>
+          <t>L'attente</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Harray, François</t>
+          <t>Matthieu, Mélanie</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>40080</v>
+        <v>95357</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Sept femmes à Schaerbeek</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Bukac, Corinne</t>
+          <t>Marchal, Amélie</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>31097</v>
+        <v>40080</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait mains bougées</t>
+          <t>Sept femmes à Schaerbeek</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Bukac, Corinne</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>31100</v>
+        <v>31097</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Pterodactyl</t>
+          <t>Autoportrait mains bougées</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>95357</v>
+        <v>31100</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Pterodactyl</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>Marchal, Amélie</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>2010 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
         <v>31098</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Max mains billes (3/3)</t>
+          <t>Max mains billes</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
           <t>papier photographique, aluminium, bois</t>
@@ -8959,194 +8959,194 @@
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Baloji, Sammy</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>2011 - </t>
         </is>
       </c>
       <c r="F233" s="2"/>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>40067</v>
+        <v>82133</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Artistes 1030 (dyptique)</t>
+          <t>Missions spéciales</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Detournay, Isabelle</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G234" s="2"/>
+      <c r="G234" s="2" t="inlineStr">
+        <is>
+          <t>panneau</t>
+        </is>
+      </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>40068</v>
+        <v>82134</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Missions Spéciales</t>
+          <t>Missions spéciales</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Detournay, Isabelle</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G235" s="2"/>
+      <c r="G235" s="2" t="inlineStr">
+        <is>
+          <t>panneau</t>
+        </is>
+      </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>82133</v>
+        <v>40067</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Missions spéciales</t>
+          <t>Artistes 1030 (dyptique)</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Detournay, Isabelle</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G236" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G236" s="2"/>
       <c r="H236" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>82134</v>
+        <v>40068</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Missions spéciales</t>
+          <t>Missions Spéciales</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Detournay, Isabelle</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>2012 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G237" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G237" s="2"/>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
         <v>50347</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
           <t>Portrait de Plastic Bertrand en bonnet de bain</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Cresens, Fabienne</t>
         </is>
       </c>
@@ -9695,615 +9695,655 @@
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>94839</v>
+        <v>109618</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Refus d'intégration</t>
+          <t>Série PIPELINE DREAMS</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Norouzi, Maedeh</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2025 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>94840</v>
+        <v>84537</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Enseignement inadapté</t>
+          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D254" s="2"/>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F254" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F254" s="2"/>
+      <c r="G254" s="2"/>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>94842</v>
+        <v>84538</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Séduction pédagogique</t>
+          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F255" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F255" s="2"/>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
         <v>68535</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
           <t>Paul Collet, Sainte-Gertrude à Nivelles, gravure, s.d.</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Collet, Paul</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>94843</v>
+        <v>95408</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Enseignement adapté</t>
+          <t>Lithiase Ferreira</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Perez-Morga, David</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>94845</v>
+        <v>94837</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Exclusion</t>
+          <t>Ecole à discrimination positive</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>94933</v>
+        <v>94838</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>75 avenue du Castel à Woluwé-st-Lambert</t>
+          <t>Problème d'intégration</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Hollemans, Christophe</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>94935</v>
+        <v>94839</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>733 chaussée de Waterloo à Ixelles</t>
+          <t>Refus d'intégration</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Hollemans, Christophe</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>94983</v>
+        <v>94840</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Enseignement inadapté</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Schollaert, G. Stéphane</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>95323</v>
+        <v>94842</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>J. MORDER filmant avec sa caméra</t>
+          <t>Séduction pédagogique</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Morder, Joseph</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G262" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G262" s="2"/>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>95408</v>
+        <v>94843</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Lithiase Ferreira</t>
+          <t>Enseignement adapté</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Perez-Morga, David</t>
+          <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>94837</v>
+        <v>94845</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Ecole à discrimination positive</t>
+          <t>Exclusion</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Askenasi, Robert</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>84537</v>
+        <v>94933</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
+          <t>75 avenue du Castel à Woluwé-st-Lambert</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D265" s="2"/>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D265" s="2" t="inlineStr">
+        <is>
+          <t>Hollemans, Christophe</t>
+        </is>
+      </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F265" s="2"/>
-      <c r="G265" s="2"/>
+      <c r="F265" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G265" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>94838</v>
+        <v>94935</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Problème d'intégration</t>
+          <t>733 chaussée de Waterloo à Ixelles</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Hollemans, Christophe</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>84538</v>
+        <v>94983</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D267" s="2"/>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D267" s="2" t="inlineStr">
+        <is>
+          <t>Schollaert, G. Stéphane</t>
+        </is>
+      </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F267" s="2"/>
-      <c r="G267" s="2"/>
+      <c r="F267" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G267" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H267" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="1" t="n">
+        <v>95323</v>
+      </c>
+      <c r="B268" s="2" t="inlineStr">
+        <is>
+          <t>J. MORDER filmant avec sa caméra</t>
+        </is>
+      </c>
+      <c r="C268" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D268" s="2" t="inlineStr">
+        <is>
+          <t>Morder, Joseph</t>
+        </is>
+      </c>
+      <c r="E268" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F268" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G268" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H268" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">