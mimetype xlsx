--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H268"/>
+  <dimension ref="A1:H303"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,10171 +179,11467 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>63333</v>
+        <v>39991</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Jules Verne</t>
+          <t>Séchoir, dans la forêt</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>De Coster, Marguerite</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>63335</v>
+        <v>39992</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Hanovre</t>
+          <t>Tryptique</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Parker, Paul</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>panneau</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83582</v>
+        <v>40081</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La rue d'une personne</t>
+          <t>Ptite voiture Za</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Delmelle, Michel</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83584</v>
+        <v>40082</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Venise côté coeur (2)</t>
+          <t>Nanas sur vespa</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Fresco, André</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>83598</v>
+        <v>40083</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Lettre d'amour de Mohamed à Caroline /Loveletter I</t>
+          <t>Bouquet sur vélos</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>63339</v>
+        <v>40084</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Quarxs</t>
+          <t>Musiciens voyageurs</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>83602</v>
+        <v>40085</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Galerie de portraits bruxellois</t>
+          <t>Petites autos</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Willem, Julien</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>63348</v>
+        <v>40086</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Livres</t>
+          <t>Pavés</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>63351</v>
+        <v>40087</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Dessins</t>
+          <t>Lion triste</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>84053</v>
+        <v>40088</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Venise côté coeur</t>
+          <t>Homme sur place</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Fresco, André</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>63355</v>
+        <v>40089</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Storyboard</t>
+          <t>Chemin panoramique</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>84073</v>
+        <v>40090</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Garage 9</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Costermans, Dominique</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>63357</v>
+        <v>39780</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Photographies noir et blanc</t>
+          <t>Regards d'Australie</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Walschaerts, François</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>84074</v>
+        <v>42045</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Trois fontaines</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
+          <t>Claes, Xavier</t>
         </is>
       </c>
       <c r="E15" s="2"/>
-      <c r="F15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>63358</v>
+        <v>39782</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Conte princesse petit pois</t>
+          <t>Le Vicomte Terlinden</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>84075</v>
+        <v>42430</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Chimiotype</t>
+          <t>Lisbonne</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Masui, Adrien</t>
-[...2 lines deleted...]
-      <c r="E17" s="2"/>
+          <t>Claes, Xavier</t>
+        </is>
+      </c>
+      <c r="E17" s="2" t="inlineStr">
+        <is>
+          <t> - 1999</t>
+        </is>
+      </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>63360</v>
+        <v>83582</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Photographie de François Schuiten</t>
+          <t>La rue d'une personne</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Delmelle, Michel</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>84143</v>
+        <v>83584</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Baudelaire de 1 à 7</t>
+          <t>Venise côté coeur (2)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Derick, L.</t>
+          <t>Fresco, André</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G19" s="2"/>
+      <c r="G19" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>photo-montage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>63361</v>
+        <v>83598</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Gwendoline et les machinistes</t>
+          <t>Lettre d'amour de Mohamed à Caroline /Loveletter I</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
+          <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>84158</v>
+        <v>83602</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Site</t>
+          <t>Galerie de portraits bruxellois</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Fastenaekens, Gilbert</t>
+          <t>Willem, Julien</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>métal, papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>63362</v>
+        <v>84053</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Documentation</t>
+          <t>Venise côté coeur</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Fresco, André</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>84166</v>
+        <v>84073</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Novosibirsk</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Selleslags, Herman</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>63363</v>
+        <v>84074</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Paris du futur</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>84167</v>
+        <v>84075</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Chicon</t>
+          <t>Chimiotype</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Suls, J.</t>
+          <t>Masui, Adrien</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>63365</v>
+        <v>84143</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Photographies machine volante</t>
+          <t>Baudelaire de 1 à 7</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
-[...6 lines deleted...]
-      </c>
+          <t>Derick, L.</t>
+        </is>
+      </c>
+      <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>84265</v>
+        <v>84158</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Photographie</t>
+          <t>Site</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Van Mansfeld, Jacques / Compagnie des Bronzes ,  / Houtstont, Georges</t>
-[...7 lines deleted...]
-      <c r="F27" s="2"/>
+          <t>Fastenaekens, Gilbert</t>
+        </is>
+      </c>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, verre, bois</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>tirage, photo-montage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>87936</v>
+        <v>84166</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le grand if </t>
+          <t>Novosibirsk</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Selleslags, Herman</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>63237</v>
+        <v>84167</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Blossfledt</t>
+          <t>Chicon</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Suls, J.</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>63239</v>
+        <v>84168</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - L'Enfant Penchée</t>
+          <t>Panamarenko</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
+          <t>Suls, J.</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>installation</t>
+        </is>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>63245</v>
+        <v>84265</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Portraits de François Schuiten</t>
+          <t>Photographie</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
-[...7 lines deleted...]
-      </c>
+          <t>Van Mansfeld, Jacques / Compagnie des Bronzes ,  / Houtstont, Georges</t>
+        </is>
+      </c>
+      <c r="E31" s="2" t="inlineStr">
+        <is>
+          <t> - 1896</t>
+        </is>
+      </c>
+      <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>papier photographique, verre, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage, photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>63246</v>
+        <v>87936</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
+          <t>Le grand if </t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>63248</v>
+        <v>87939</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Maison Autrique</t>
+          <t>Le petit Mercure d'Annevoie </t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E33" s="2"/>
-      <c r="F33" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>63249</v>
+        <v>87940</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Mundaneum Mons</t>
+          <t>le petit pont aux glycines </t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>63251</v>
+        <v>87941</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Arts&amp;Metiers Paris</t>
+          <t>Ivre de lumière </t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>63252</v>
+        <v>87942</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Porte de Hal</t>
+          <t>L'été</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>63253</v>
+        <v>87943</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Paris Eiffel</t>
+          <t>Pluie</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Moreau , Pierre</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>63255</v>
+        <v>99893</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Maurice Tillieux</t>
+          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée Maurice Carême</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Inconnu</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>matériel de photographie et de cinéma</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>63258</v>
+        <v>107267</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Diapositives - Sciences Naturelles</t>
+          <t>Impression numérique - Brussels The Horta house</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Merveille, David</t>
         </is>
       </c>
       <c r="E39" s="2"/>
-      <c r="F39" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>87939</v>
+        <v>48529</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Le petit Mercure d'Annevoie </t>
+          <t>Joueurs de balle au tamis - championnat de deuxième catégorie</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2"/>
-      <c r="G40" s="2"/>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>87940</v>
+        <v>48532</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>le petit pont aux glycines </t>
+          <t>Comité d'une société de jeu de balle</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G41" s="2"/>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>87941</v>
+        <v>48533</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Ivre de lumière </t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G42" s="2"/>
+      <c r="G42" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>87942</v>
+        <v>48535</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>L'été</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G43" s="2"/>
+      <c r="G43" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>87943</v>
+        <v>48539</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Pluie</t>
+          <t>Balle au tamis au Sablon - Phase de livrée</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Commune de Woluwe-Saint-Lambert</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Moreau , Pierre</t>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G44" s="2"/>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>99893</v>
+        <v>48540</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Photographie de Renée Gobron (Caprine Carême) enfant</t>
+          <t>Balle au tamis au Sablon - lutte entre Mazy et Tamines</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Musée Maurice Carême</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Inconnu</t>
+          <t>Le Soir Bruxelles,  / Anonyme</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G45" s="2"/>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>39782</v>
+        <v>48541</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Le Vicomte Terlinden</t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, marouflé</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>42430</v>
+        <v>48542</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Lisbonne</t>
+          <t>Visite du roi Albert et du prince Léopold lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Claes, Xavier</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t> - 1999</t>
+          <t> - 1933</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>39991</v>
+        <v>48543</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Séchoir, dans la forêt</t>
+          <t>Balle au tamis</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>De Coster, Marguerite</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G48" s="2"/>
+      <c r="G48" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>39992</v>
+        <v>48544</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Tryptique</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Parker, Paul</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>40081</v>
+        <v>63258</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Ptite voiture Za</t>
+          <t>Diapositives - Sciences Naturelles</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G50" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>40082</v>
+        <v>63333</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Nanas sur vespa</t>
+          <t>Diapositives - Jules Verne</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G51" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G51" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>40083</v>
+        <v>63335</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Bouquet sur vélos</t>
+          <t>Diapositives - Hanovre</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G52" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G52" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>40084</v>
+        <v>63339</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Musiciens voyageurs</t>
+          <t>Diapositives - Quarxs</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois / Benayoun , Maurice / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G53" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>40085</v>
+        <v>63348</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Petites autos</t>
+          <t>Diapositives - Livres</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G54" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G54" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>40086</v>
+        <v>63351</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Pavés</t>
+          <t>Diapositives - Dessins</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G55" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>40087</v>
+        <v>63355</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Lion triste</t>
+          <t>Diapositives - Storyboard</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G56" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>40088</v>
+        <v>63357</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Homme sur place</t>
+          <t>Diapositives - Photographies noir et blanc</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G57" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G57" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>40089</v>
+        <v>63358</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Chemin panoramique</t>
+          <t>Diapositives - Conte princesse petit pois</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G58" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>40090</v>
+        <v>63360</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Garage 9</t>
+          <t>Photographie de François Schuiten</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Costermans, Dominique</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G59" s="2"/>
+          <t>autre document imprimé</t>
+        </is>
+      </c>
+      <c r="G59" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre, papier photographique</t>
+        </is>
+      </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>39780</v>
+        <v>63361</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Regards d'Australie</t>
+          <t>Diapositives - Gwendoline et les machinistes</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Walschaerts, François</t>
+          <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>42045</v>
+        <v>56738</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Trois fontaines</t>
+          <t>Verreries Fauquez</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Claes, Xavier</t>
-[...4 lines deleted...]
-      <c r="G61" s="2"/>
+          <t>Schuiten, Francois / Desombres, Augustin</t>
+        </is>
+      </c>
+      <c r="E61" s="2" t="inlineStr">
+        <is>
+          <t> - 2002</t>
+        </is>
+      </c>
+      <c r="F61" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre, crayon de couleur</t>
+        </is>
+      </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>56738</v>
+        <v>63362</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Verreries Fauquez</t>
+          <t>Diapositives - Documentation</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Desombres, Augustin</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
+      <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, crayon de couleur</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, rehaussé</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>62373</v>
+        <v>63363</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Album photo de Mary von Rathen</t>
+          <t>Diapositives - Paris du futur</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, carton</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique de reliure, technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>43121</v>
+        <v>63365</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de diapositives et de négatifs sur plaques de verre</t>
+          <t>Photographies machine volante</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D64" s="2"/>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1950</t>
+          <t> - 1999</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>negatif</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>encre, papier, papier photographique</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>36858</v>
+        <v>62373</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>L’Hôtel de Ville en cours de restauration</t>
+          <t>Album photo de Mary von Rathen</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Fierlants, Edmond</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
+        </is>
+      </c>
+      <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G65" s="2"/>
+          <t>livre</t>
+        </is>
+      </c>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique de reliure, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>48587</v>
+        <v>63237</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Le bourgmestre Jules Anspach</t>
+          <t>Diapositives - Blossfledt</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
+        </is>
+      </c>
+      <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G66" s="2"/>
+          <t>matériel de photographie et de cinéma</t>
+        </is>
+      </c>
+      <c r="G66" s="2" t="inlineStr">
+        <is>
+          <t>matière plastique</t>
+        </is>
+      </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>48438</v>
+        <v>63239</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi vers 1870 avec la sculpture des comtes d'Egmont et de Hornes</t>
+          <t>Diapositives - L'Enfant Penchée</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise / Peeters, Benoît</t>
+        </is>
+      </c>
+      <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>52670</v>
+        <v>63245</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Hommage à la garde civique: vue prise du balcon du Palais du Roi (Place des Palais)</t>
+          <t>Diapositives - Portraits de François Schuiten</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Ghémar, Louis / Ghémar Frères</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois / Plissart, Marie-Francoise</t>
+        </is>
+      </c>
+      <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>48338</v>
+        <v>63246</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre à Bruxelles</t>
+          <t>Diapositives - F.Schuiten &amp; B.Peeters</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
+        </is>
+      </c>
+      <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>48460</v>
+        <v>63248</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Les travaux du voûtement de la Senne</t>
+          <t>Diapositives - Maison Autrique</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
+      <c r="E70" s="2"/>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>48485</v>
+        <v>63249</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Les travaux du voûtement de la Senne</t>
+          <t>Diapositives - Mundaneum Mons</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
+      <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>43123</v>
+        <v>63251</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Boîte de diapositives des Conférences populaires de Bruxelles</t>
+          <t>Diapositives - Arts&amp;Metiers Paris</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...7 lines deleted...]
-      </c>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
+      <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>verre, bois, cuir, métal</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'assemblage</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>76415</v>
+        <v>63252</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Femme assise dans un intérieur </t>
+          <t>Diapositives - Porte de Hal</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
+      <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, carton</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>48278</v>
+        <v>63253</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Marché aux fleurs sur la Grand-Place de Bruxelles avec la Maison du Roi en construction</t>
+          <t>Diapositives - Paris Eiffel</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
+        </is>
+      </c>
+      <c r="E74" s="2"/>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>43124</v>
+        <v>63255</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la maquette du projet pour la façade de l'église Saint-Josse</t>
+          <t>Diapositives - Maurice Tillieux</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Van Ysendyck,  Jules-Jacques / Mascré, JH</t>
-[...6 lines deleted...]
-      </c>
+          <t>Schuiten, Francois</t>
+        </is>
+      </c>
+      <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique d'impression, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>76380</v>
+        <v>43121</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
+          <t>Ensemble de diapositives et de négatifs sur plaques de verre</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1915</t>
+          <t>1850 - 1950</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>negatif</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>43116</v>
+        <v>36858</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Portraits des membres du Comité du Cercle Saint-Josse</t>
+          <t>L’Hôtel de Ville en cours de restauration</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Daams,  A.</t>
+          <t>Fierlants, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
-          <t>1896 - 1896</t>
+          <t>1862 - 1863</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G77" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>67790</v>
+        <v>48587</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Doux réveil</t>
+          <t>Le bourgmestre Jules Anspach</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Cauchie,  Paul</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1863 - 1879</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G78" s="2"/>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique, collé, peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>76383</v>
+        <v>48438</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme : Philippe Schott ? </t>
+          <t>La Maison du Roi vers 1870 avec la sculpture des comtes d'Egmont et de Hornes</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1864 - 1879</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>76385</v>
+        <v>52670</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott</t>
+          <t>Hommage à la garde civique: vue prise du balcon du Palais du Roi (Place des Palais)</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Ghémar, Louis / Ghémar Frères</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1866 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>76398</v>
+        <v>48338</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Femme tenant un bébé </t>
+          <t>L'ancien marché au Beurre à Bruxelles</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1867 - 1868</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>76411</v>
+        <v>48460</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott au chapeau </t>
+          <t>Les travaux du voûtement de la Senne</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>43001</v>
+        <v>48485</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>L'auberge "Ma Campagne" à Saint-Gilles</t>
+          <t>Les travaux du voûtement de la Senne</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Desmedt,  J.J.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>43002</v>
+        <v>43123</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Carré rouge (Saint-Gilles, chaussée de Forest)</t>
+          <t>Boîte de diapositives des Conférences populaires de Bruxelles</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>verre, bois, cuir, métal</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>43003</v>
+        <v>76415</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vue de derrière des maisonnettes (Saint-Gilles, chaussée de Forest 170-172)</t>
+          <t>Femme assise dans un intérieur </t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Desmedt,  J.J.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1880 - 1930</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, carton</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>43004</v>
+        <v>48278</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Ancienne entrée de la rue Jourdan (Saint-Gilles, Chaussée de Waterloo)</t>
+          <t>Marché aux fleurs sur la Grand-Place de Bruxelles avec la Maison du Roi en construction</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
-          <t>Desmedt,  J.J.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>48378</v>
+        <v>48531</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enciente de Bruxelles, dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas) </t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
-[...2 lines deleted...]
-      <c r="F87" s="2"/>
+          <t>1888 - </t>
+        </is>
+      </c>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>48379</v>
+        <v>48534</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles située rue des Comédiens (vestiges dans parking de la Banque Nationale – rue Montagne aux Herbes Potagères)</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>48380</v>
+        <v>43124</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
+          <t>Photographie de la maquette du projet pour la façade de l'église Saint-Josse</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Van Ysendyck,  Jules-Jacques / Mascré, JH</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1890 - 1890</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>48381</v>
+        <v>53014</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
+          <t>Cinq photographies du concours d’honneur 1890 Jeu de balle au tamis</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, papier photographique</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>48382</v>
+        <v>48546</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
+          <t>La tribune royale lors d’une partie de balle au tamis avec Léopold II</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1891 - 1909</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>48383</v>
+        <v>76380</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
+          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1895 - 1915</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>48384</v>
+        <v>43116</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
+          <t>Portraits des membres du Comité du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Daams,  A.</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1896 - 1896</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>53010</v>
+        <v>67790</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
+          <t>Doux réveil</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>gouache, carton, encre de chine, papier photographique</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin, technique photographique, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>53012</v>
+        <v>76383</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
+          <t>Portrait d'homme : Philippe Schott ? </t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Comité d'études du Vieux Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1910</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11943</v>
+        <v>76385</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Boulangerie Termote de Schryvere</t>
+          <t>Portrait de Philippe Schott</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
-[...2 lines deleted...]
-      <c r="D96" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>48577</v>
+        <v>76398</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Femme tenant un bébé </t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>48578</v>
+        <v>76411</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Portrait de Philippe Schott au chapeau </t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>48579</v>
+        <v>43003</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Vue de derrière des maisonnettes (Saint-Gilles, chaussée de Forest 170-172)</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Desmedt,  J.J.</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>76393</v>
+        <v>43004</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott avec ses lunettes et son matériel de peintre </t>
+          <t>Ancienne entrée de la rue Jourdan (Saint-Gilles, Chaussée de Waterloo)</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Photographie Charels</t>
+          <t>Desmedt,  J.J.</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>76416</v>
+        <v>43001</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Femme assise devant une cheminée</t>
+          <t>L'auberge "Ma Campagne" à Saint-Gilles</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Desmedt,  J.J.</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>76418</v>
+        <v>43002</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Philippe Schott </t>
+          <t>Carré rouge (Saint-Gilles, chaussée de Forest)</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D102" s="2"/>
+          <t>Commune de Saint-Gilles</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Desmedt,  J.J.</t>
+        </is>
+      </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1950</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>45527</v>
+        <v>48378</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la façade de l'ancien Institut pour infirmière "Edith Cavell" à Uccle</t>
+          <t>Tour de la première enciente de Bruxelles, dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D103" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
-          <t>1914 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1903 - 1910</t>
+        </is>
+      </c>
+      <c r="F103" s="2"/>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>66463</v>
+        <v>48379</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Photographie  de militaires juifs allemands, Rosh ha-Shana, à Beverloo. 1915</t>
+          <t>Tour de la première enceinte de Bruxelles située rue des Comédiens (vestiges dans parking de la Banque Nationale – rue Montagne aux Herbes Potagères)</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
-[...2 lines deleted...]
-      <c r="D104" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
-          <t>1915 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>66577</v>
+        <v>48380</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Adolphe Max (1869-1939)</t>
+          <t>Tour de la rue du Coude (rue supprimée, reliant Colonies à Chancellerie) (démolie)</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Buyle, Ferdinand</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1918 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>45522</v>
+        <v>48381</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Photographie d'intérieur de la Villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
+          <t>Tour de la première enceinte de Bruxelles, dite de la banque Mathieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D106" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
-          <t>1921 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>photographie, archives</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>43117</v>
+        <v>48382</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Portraits des membres du Comité du Cercle Saint-Josse</t>
+          <t>Tronçon de courtine de la première enceinte de Bruxelles rue des Douze Apôtres/rue Ravenstein, vers rue Baron Horta (extrême droite image)(démoli)</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
-          <t>Daams,  A.</t>
+          <t>Comité d'études du Vieux Bruxelles</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1922</t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>43119</v>
+        <v>48383</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Portrait et bénédiction apostolique du Papie Pie XI</t>
+          <t>Tour de la première enceinte de Bruxelles dite de la banque Matthieu, rue Montagne du Parc (démolie)</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D108" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
-          <t>1922 - 1923</t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'écriture</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>45385</v>
+        <v>48384</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
+          <t>Première enceinte de Bruxelles: Tour du Pléban + courtine – rue Bois-Sauvage / Treurenberg </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D109" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>archives, photographie</t>
-[...2 lines deleted...]
-      <c r="G109" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>45391</v>
+        <v>53010</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
+          <t>Ancien rempart - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D110" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>archives, photographie</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>43118</v>
+        <v>53012</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la Première Foire Commerciale et de l'Exposition d'Art et de Travaux féminins organi</t>
+          <t>Ancien remparts - Tours de la première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Josse</t>
-[...2 lines deleted...]
-      <c r="D111" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Comité d'études du Vieux Bruxelles</t>
+        </is>
+      </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
-          <t>1923 - 1923</t>
+          <t>1903 - 1910</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>48407</v>
+        <v>11943</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Guignol et Gnafron</t>
+          <t>Boulangerie Termote de Schryvere</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+        </is>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1924 - 1957</t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>45528</v>
+        <v>48577</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Photographie du hall principale du nouvel Hôtel communal de Forest</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D113" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>archives, photographie</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>45402</v>
+        <v>48578</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la Maison et atelier du sculpteur Oscar Jespers à Woluwe-Saint-Lambert</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D114" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
-          <t>1928 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>archives, photographie</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>45486</v>
+        <v>48579</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Photographie de l'immeuble de la Prévoyance Sociale à Anderlecht</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D115" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1929 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>photographie, archives</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>78727</v>
+        <v>48545</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
+          <t>Visite du roi Albert et de la reine Elisabeth lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
-          <t>De Clerck, Francis D.</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G116" s="2"/>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>36860</v>
+        <v>76416</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max et le roi Albert Ier</t>
+          <t>Femme assise devant une cheminée</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1934</t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>57530</v>
+        <v>76418</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Photographie publicitaire pour les cuisine standardisée Cubex</t>
+          <t>Portrait du peintre Philippe Schott </t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1910 - 1950</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>57582</v>
+        <v>76393</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Photographie du mobilier pour la salle à manger de Mme France à Copenhague</t>
+          <t>Portrait de Philippe Schott avec ses lunettes et son matériel de peintre </t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
-          <t>De Koninck, Louis-Herman</t>
+          <t>Photographie Charels</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>45106</v>
+        <v>45527</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Photographie d'Akarova en costume pour l'Orestie de Milhaud</t>
+          <t>Photographie de la façade de l'ancien Institut pour infirmière "Edith Cavell" à Uccle</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1914 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>archives, photographie</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>45109</v>
+        <v>66463</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Photographie d'Akarova en costume pour l'Orestie de Milhaud</t>
+          <t>Photographie  de militaires juifs allemands, Rosh ha-Shana, à Beverloo. 1915</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1915 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>57595</v>
+        <v>66577</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la section belge pour l’Exposition coloniale internationale de Paris en 1931</t>
+          <t>Portrait du bourgmestre Adolphe Max (1869-1939)</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
-          <t>Lacoste, Henry</t>
+          <t>Buyle, Ferdinand</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1918 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>fusain, papier photographique</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>45529</v>
+        <v>45522</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Plan de la façade vers le parc du nouvel Hôtel communal de Forest</t>
+          <t>Photographie d'intérieur de la Villa de B. à Campo à Auderghem de Louis-Herman De Koninck</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
-      <c r="D123" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="inlineStr">
         <is>
-          <t>1931 - </t>
+          <t>1921 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>plan d'architecture, archives</t>
+          <t>photographie, archives</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>dessin, tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>45394</v>
+        <v>43117</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Photographie de la maison personnelle de Victor Bourgeois à Koekelberg</t>
+          <t>Portraits des membres du Comité du Cercle Saint-Josse</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
-[...2 lines deleted...]
-      <c r="D124" s="2"/>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Daams,  A.</t>
+        </is>
+      </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>archives, photographie</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>45115</v>
+        <v>43119</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Photographie du costume de l'ancêtre pour le Sacre du Printemps de Stravinski par Akarova</t>
+          <t>Portrait et bénédiction apostolique du Papie Pie XI</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>CIVA</t>
+          <t>Eglise Saint-Josse</t>
         </is>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1922 - 1923</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, encre</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>76397</v>
+        <v>45385</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre Philippe Schott</t>
+          <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="inlineStr">
         <is>
-          <t>1940 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...6 lines deleted...]
-      </c>
+          <t>archives, photographie</t>
+        </is>
+      </c>
+      <c r="G126" s="2"/>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>76392</v>
+        <v>45391</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Femme devant le Casino-Kursaal d'Ostende</t>
+          <t>Photographie de la Cité Moderne à Berchem-Sainte-Agathe</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>archives, photographie</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>76412</v>
+        <v>43118</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Philippe Schott tenant un tableau de sa collection </t>
+          <t>Photographie de la Première Foire Commerciale et de l'Exposition d'Art et de Travaux féminins organi</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>Eglise Saint-Josse</t>
+        </is>
+      </c>
+      <c r="D128" s="2"/>
       <c r="E128" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1964</t>
+          <t>1923 - 1923</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G128" s="2"/>
+      <c r="G128" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>84556</v>
+        <v>48407</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Photo Tram "11 barré" à Molenbeek-Saint-Jean, Boulevard du Jubilé, à hauteur de l'église Saint-Remi, photogr. Bazin, 1958.</t>
+          <t>Guignol et Gnafron</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D129" s="2"/>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Blanc, Théo / Demilly, Antoine</t>
+        </is>
+      </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
-[...3 lines deleted...]
-      <c r="G129" s="2"/>
+          <t>1924 - 1957</t>
+        </is>
+      </c>
+      <c r="F129" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>45494</v>
+        <v>45528</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Photographie aérienne de l'aérogare de Zaventem</t>
+          <t>Photographie du hall principale du nouvel Hôtel communal de Forest</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>CIVA</t>
         </is>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="inlineStr">
         <is>
-          <t>1958 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>photographie, archives</t>
+          <t>archives, photographie</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>76414</v>
+        <v>53015</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme assise </t>
+          <t>Huit photographies du championnat de Belgique de jeu de balle 1926 pour amateurs</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>28360</v>
+        <v>45402</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Casserole de moules</t>
+          <t>Photographie de la Maison et atelier du sculpteur Oscar Jespers à Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
-[...2 lines deleted...]
-      <c r="F132" s="2"/>
+          <t>1928 - </t>
+        </is>
+      </c>
+      <c r="F132" s="2" t="inlineStr">
+        <is>
+          <t>archives, photographie</t>
+        </is>
+      </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>48436</v>
+        <v>45486</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Statue de Manneken-Pis en deux morceaux</t>
+          <t>Photographie de l'immeuble de la Prévoyance Sociale à Anderlecht</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1929 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>photographie, archives</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>103986</v>
+        <v>36860</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Photo du Général Soeharto, président de la République d'Indonésie, et de sa femme</t>
+          <t>Adolphe Max et le roi Albert Ier</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
-      <c r="D134" s="2"/>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1930 - 1934</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
-          <t>photographie, boite</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>papier, argent, bois, laiton</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>velours, tirage</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>105162</v>
+        <v>78727</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Char de combat sur la Praça do Comércio à Lisbonne lors de la Révolution des Œillets</t>
+          <t>La plantation de l'Arbre du Centenaire. au square Charles Lagrange</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>de Almeida Coelho da Cunha (dit Cunha), Alfredo</t>
+          <t>De Clerck, Francis D.</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>39910</v>
+        <v>57530</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Ultreïa</t>
+          <t>Photographie publicitaire pour les cuisine standardisée Cubex</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="inlineStr">
         <is>
-          <t>1977 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>57365</v>
+        <v>57582</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Fugues</t>
+          <t>Photographie du mobilier pour la salle à manger de Mme France à Copenhague</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>De Koninck, Louis-Herman</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
-          <t>1983 - </t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>39842</v>
+        <v>45106</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Paris 1984</t>
+          <t>Photographie d'Akarova en costume pour l'Orestie de Milhaud</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D138" s="2"/>
       <c r="E138" s="2" t="inlineStr">
         <is>
-          <t>1984 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>57366</v>
+        <v>45109</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Prague</t>
+          <t>Photographie d'Akarova en costume pour l'Orestie de Milhaud</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>57367</v>
+        <v>45529</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Droit de regards</t>
+          <t>Plan de la façade vers le parc du nouvel Hôtel communal de Forest</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Dewin, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>plan d'architecture, archives</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>dessin, tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>94864</v>
+        <v>57595</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Photographie de la section belge pour l’Exposition coloniale internationale de Paris en 1931</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>CIVA</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Courtejoie, Jacques</t>
+          <t>Lacoste, Henry</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1931 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, papier photographique</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>57368</v>
+        <v>45394</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Le Mauvais oeil</t>
+          <t>Photographie de la maison personnelle de Victor Bourgeois à Koekelberg</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>archives, photographie</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>94853</v>
+        <v>45115</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Pierre Mertens</t>
+          <t>Photographie du costume de l'ancêtre pour le Sacre du Printemps de Stravinski par Akarova</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>57370</v>
+        <v>48530</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>A la recherche du roman photo</t>
+          <t>Le roi Léopold III et la Société royale du jeu de balle du Sablon</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>63337</v>
+        <v>53013</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>Six photos de la visite du roi Léopold III à la société Royale de jeu de balles du Sablon</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
-          <t>1988 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, encre, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>95226</v>
+        <v>76397</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Bruxelles intime. Etterbeek, 5 novembre 1988, 17h50.</t>
+          <t>Portrait du peintre Philippe Schott</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2" t="inlineStr">
         <is>
-          <t>1988 - </t>
+          <t>1940 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>39644</v>
+        <v>76392</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Femme devant le Casino-Kursaal d'Ostende</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>63257</v>
+        <v>76412</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Photo Mc Kinsey</t>
+          <t>Philippe Schott tenant un tableau de sa collection </t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1950 - 1964</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G148" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G148" s="2"/>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>95269</v>
+        <v>48537</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Hôpital militaire de Tournai</t>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
-          <t>Amand, Nathalie</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>95272</v>
+        <v>48538</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Le Caire, Egypte</t>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
-          <t>Berlaimont, Frédéric</t>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>98153</v>
+        <v>48536</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Vernissage</t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
-          <t>Locus, Daniel</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1992 - </t>
+          <t>1956 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G151" s="2"/>
+      <c r="G151" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>94862</v>
+        <v>45494</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>C.O.1.7</t>
+          <t>Photographie aérienne de l'aérogare de Zaventem</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>CIVA</t>
+        </is>
+      </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1958 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>photographie, archives</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>63336</v>
+        <v>84556</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Photographies Musée des Arts et Métiers</t>
+          <t>Photo Tram "11 barré" à Molenbeek-Saint-Jean, Boulevard du Jubilé, à hauteur de l'église Saint-Remi, photogr. Bazin, 1958.</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
-[...6 lines deleted...]
-      </c>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D153" s="2"/>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1958 - </t>
         </is>
       </c>
       <c r="F153" s="2"/>
-      <c r="G153" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique de dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>83609</v>
+        <v>76414</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Série "Site"</t>
+          <t>Portrait de femme assise </t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Fastenaekens, Gilbert</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>63404</v>
+        <v>28360</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Grand cirque Cissiste</t>
+          <t>Casserole de moules</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Broodthaers, Marcel</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1966 - </t>
+        </is>
+      </c>
+      <c r="F155" s="2"/>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, papier photographique</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>71182</v>
+        <v>48436</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Binche. Sur les pavés de la rue - III</t>
+          <t>Statue de Manneken-Pis en deux morceaux</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
-          <t>Arany, Laszlo</t>
+          <t>Anonyme ,  / Duquesnoy, Hieronymus (Jérôme)</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>94894</v>
+        <v>103986</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Hélène Gancarska</t>
+          <t>Photo du Général Soeharto, président de la République d'Indonésie, et de sa femme</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D157" s="2"/>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>photographie, boite</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, argent, bois, laiton</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>velours, tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>39851</v>
+        <v>105162</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Ardennes belges</t>
+          <t>Char de combat sur la Praça do Comércio à Lisbonne lors de la Révolution des Œillets</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
-          <t>Claes, Xavier</t>
+          <t>de Almeida Coelho da Cunha (dit Cunha), Alfredo</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1994 - </t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G158" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G158" s="2"/>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>63256</v>
+        <v>39910</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t> Photo Fresque “Le passage”</t>
+          <t>Ultreïa</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Kramp, Alain</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>encre, papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>54537</v>
+        <v>57365</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>L’Enfant penchée (poignée de mains)</t>
+          <t>Fugues</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1995 - </t>
+          <t>1983 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>dessin, photographie</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>encre, matière colorante</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>rehaussé , tirage</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>63338</v>
+        <v>39842</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Photographies François Schuiten et Benoît Peeters</t>
+          <t>Paris 1984</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Peeters, Benoît / Schuiten, Francois</t>
+          <t>Berthold, Christian</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>papier, papier photographique, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>94863</v>
+        <v>57366</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>L'annonce faite à Marie (1/10)</t>
+          <t>Prague</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Coquelet, Jean</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>39953</v>
+        <v>57367</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekoise Anne François</t>
+          <t>Droit de regards</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>39954</v>
+        <v>94864</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Émile Kestemont</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Courtejoie, Jacques</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>crayon de couleur, papier photographique</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>39955</v>
+        <v>57368</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Charles Moisse</t>
+          <t>Le Mauvais oeil</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>39956</v>
+        <v>94853</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Gustave Magis</t>
+          <t>Pierre Mertens</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Burton, Jean-Dominique</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>39957</v>
+        <v>57370</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Paul Delsemme</t>
+          <t>A la recherche du roman photo</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Peeters, Benoît / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>39958</v>
+        <v>95226</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Jean-Luc Outers</t>
+          <t>Bruxelles intime. Etterbeek, 5 novembre 1988, 17h50.</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Bertiau, Herman</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1988 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>39959</v>
+        <v>63337</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Portrait de l'écrivain schaerbeekois Frank Andriat</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Lauti, Manuel</t>
+          <t>Schuiten, Francois / Peeters, Benoît</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1988 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique, encre, papier</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>39961</v>
+        <v>39644</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un écrivain Schaerbeekois Luc Schuiten</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>39936</v>
+        <v>95269</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Hôpital militaire de Tournai</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Thys, Stéphane</t>
+          <t>Amand, Nathalie</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>95289</v>
+        <v>63257</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>L'atelier</t>
+          <t>Photo Mc Kinsey</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
-          <t>Hays, Didier</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, papier photographique</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>39908</v>
+        <v>95272</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Tirtagangga - Bali</t>
+          <t>Le Caire, Egypte</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
-          <t>Bauduin, Dominique</t>
+          <t>Berlaimont, Frédéric</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>39927</v>
+        <v>98153</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Cortège, rue Rogier</t>
+          <t>Vernissage</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
-          <t>Widawski, Raymond</t>
+          <t>Locus, Daniel</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1992 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G174" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G174" s="2"/>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>29971</v>
+        <v>94862</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Kiss 5</t>
+          <t>C.O.1.7</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
-          <t>Delvoye, Wim</t>
+          <t>Coquelet, Jean</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>1993 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>aluminium</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>62520</v>
+        <v>39851</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>L'Affaire Desombres</t>
+          <t>Ardennes belges</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
+          <t>Claes, Xavier</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
-          <t>carton, papier, matière plastique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>39970</v>
+        <v>77738</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Hôtel communal, la nuit</t>
+          <t>Serie de photos : patrimoine de Boitsfort (24 encadrées)</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
-          <t>Villani, Aldo</t>
+          <t>Dartevelle, Valérie</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G177" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G177" s="2"/>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>53404</v>
+        <v>94894</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Place de Brouckère</t>
+          <t>Hélène Gancarska</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Goldberg, André</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>53492</v>
+        <v>83609</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Place du Béguinage</t>
+          <t>Série "Site"</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
-          <t>Plissart, Marie-Francoise</t>
+          <t>Fastenaekens, Gilbert</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>95252</v>
+        <v>63336</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Portrait n°44</t>
+          <t>Photographies Musée des Arts et Métiers</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
-          <t>Jade, Manfred</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1994 - </t>
+        </is>
+      </c>
+      <c r="F180" s="2"/>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, encre, papier</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique photographique, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>95339</v>
+        <v>63404</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Le jugement dernier </t>
+          <t>Grand cirque Cissiste</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
-          <t>Courtejoie, Jacques</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, encre, papier photographique</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>94829</v>
+        <v>71182</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait 5</t>
+          <t>Binche. Sur les pavés de la rue - III</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Amand, Nathalie</t>
+          <t>Arany, Laszlo</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1994 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>98092</v>
+        <v>77498</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Pompéi 1 (1/12)</t>
+          <t>Ecorce</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Houins, Steven</t>
+          <t>Burton, Jean-Dominique</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G183" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G183" s="2"/>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>40078</v>
+        <v>77499</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>André Barthélémy dans son atelier</t>
+          <t>plaque d'égoût</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
-          <t>Debroe, Philippe</t>
+          <t>Burton, Jean-Dominique</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G184" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G184" s="2"/>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>52247</v>
+        <v>77500</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
+          <t>paysage, vue sur Semois</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Burton, Jean-Dominique</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G185" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G185" s="2"/>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>52248</v>
+        <v>77501</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Le quai au Bois de Construction et le quai à la Houille</t>
+          <t>Entrepôt de tabac</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Burton, Jean-Dominique</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G186" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G186" s="2"/>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>52249</v>
+        <v>63256</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Le quai du Commerce</t>
+          <t> Photo Fresque “Le passage”</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, papier photographique</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>52250</v>
+        <v>54537</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Le canal maritime et Bruxelles-port de mer</t>
+          <t>L’Enfant penchée (poignée de mains)</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Schuiten, Francois</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1995 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin, photographie</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, matière colorante</t>
         </is>
       </c>
       <c r="H188" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>rehaussé , tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>52251</v>
+        <v>63338</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
+          <t>Photographies François Schuiten et Benoît Peeters</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Peeters, Benoît / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1996 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, papier photographique, encre</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>52252</v>
+        <v>39953</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Le bassin Vergote</t>
+          <t>Portrait de l'écrivain schaerbeekoise Anne François</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
-          <t>Diaz Garcia, A.</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>52270</v>
+        <v>39954</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Façade néoclassique, première moitié du 19e siècle</t>
+          <t>Portrait de l'écrivain schaerbeekois Émile Kestemont</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H191" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>52271</v>
+        <v>39955</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Façade Art Nouveau 1898</t>
+          <t>Portrait de l'écrivain schaerbeekois Charles Moisse</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H192" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>52272</v>
+        <v>39956</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Façade moderne du 21e siècle</t>
+          <t>Portrait de l'écrivain schaerbeekois Gustave Magis</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
-          <t>Martinez Jamart, B.</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>52274</v>
+        <v>39957</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>La galerie du Roi</t>
+          <t>Portrait de l'écrivain schaerbeekois Paul Delsemme</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>52275</v>
+        <v>39958</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
+          <t>Portrait de l'écrivain schaerbeekois Jean-Luc Outers</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
-          <t>Caufriez, J.-J.</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>52300</v>
+        <v>39959</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>La Bourse</t>
+          <t>Portrait de l'écrivain schaerbeekois Frank Andriat</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>52301</v>
+        <v>39961</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>La place De Brouckere</t>
+          <t>Portrait d'un écrivain Schaerbeekois Luc Schuiten</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Lauti, Manuel</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>52212</v>
+        <v>94863</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Panorama des Marolles depuis la place Poelaert</t>
+          <t>L'annonce faite à Marie (1/10)</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Coquelet, Jean</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>52213</v>
+        <v>39936</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>La ville basse, vue de la Montagne de la Cour</t>
+          <t>Sans titre</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Thys, Stéphane</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>52214</v>
+        <v>39927</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
+          <t>Cortège, rue Rogier</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Widawski, Raymond</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>52215</v>
+        <v>39908</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Le passage vers la Gare Centrale (Putterie)</t>
+          <t>Tirtagangga - Bali</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
-[...2 lines deleted...]
-      <c r="D201" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D201" s="2" t="inlineStr">
+        <is>
+          <t>Bauduin, Dominique</t>
+        </is>
+      </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>52216</v>
+        <v>95289</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>La rue de la Madeleine</t>
+          <t>L'atelier</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Hays, Didier</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>52217</v>
+        <v>29971</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>La place d'Espagne</t>
+          <t>Kiss 5</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
-          <t>École de photographie et de techniques visuelles Agnès Varda</t>
+          <t>Delvoye, Wim</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>aluminium</t>
         </is>
       </c>
       <c r="H203" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>52218</v>
+        <v>39970</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Un marché, place de l'Agora</t>
+          <t>Hôtel communal, la nuit</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
-          <t>Galopin, M</t>
+          <t>Villani, Aldo</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H204" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>52225</v>
+        <v>53404</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>La Bourse, vue de la rue J. Van Praet</t>
+          <t>Place de Brouckère</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H205" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>52226</v>
+        <v>53492</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Dimanche sans voiture, rue A. Dansaert</t>
+          <t>Place du Béguinage</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
-          <t>Cerovina, Milena</t>
+          <t>Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>52227</v>
+        <v>62520</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Le complexe du Mont des Arts</t>
+          <t>L'Affaire Desombres</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
-          <t>Alvarez, N.</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Letort, Bruno / Plissart, Marie-Francoise</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>carton, papier, matière plastique</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin, technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>52228</v>
+        <v>77609</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Le palais 5 du Heyzel</t>
+          <t>Enclos-cœur</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Vilet, Jacques</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G208" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G208" s="2"/>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>52229</v>
+        <v>95252</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>L'Atomium en rénovation</t>
+          <t>Portrait n°44</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Füki, Serge</t>
+          <t>Jade, Manfred</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H209" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>52230</v>
+        <v>95339</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>La gare du Quartier Léopold, place du Luxembourg</t>
+          <t>Le jugement dernier </t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Courtejoie, Jacques</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H210" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>52231</v>
+        <v>77517</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
+          <t>'Forêt de Soigne après tempête'</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
-          <t>Hillaert, G.</t>
+          <t>Soupart, André</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G211" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G211" s="2"/>
       <c r="H211" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>52234</v>
+        <v>77732</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Le jardin Botanique</t>
+          <t>Portrait d'enfant</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Derumier, Sylvie</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G212" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G212" s="2"/>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>52239</v>
+        <v>77733</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Le jardin de la Cité administrative de l'Etat</t>
+          <t>Portrait d'enfant</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Derumier, Sylvie</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G213" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G213" s="2"/>
       <c r="H213" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>52240</v>
+        <v>77734</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Fontaine dans le parc de Bruxelles</t>
+          <t>Portrait d'enfant</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Derumier, Sylvie</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G214" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G214" s="2"/>
       <c r="H214" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>52241</v>
+        <v>77515</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Le square du Petit Sablon</t>
+          <t>'Forêt de Soigne après tempête'</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Soupart, André</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G215" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G215" s="2"/>
       <c r="H215" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>52242</v>
+        <v>77516</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>L'étang du parc Léopold</t>
+          <t>'Forêt de Soigne après tempête'</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>Stauder, Patrice</t>
+          <t>Soupart, André</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>2005 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G216" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G216" s="2"/>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>52243</v>
+        <v>40078</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>L'écluse à Anderlecht</t>
+          <t>André Barthélémy dans son atelier</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
-          <t>Conte, Sandrine</t>
+          <t>Debroe, Philippe</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H217" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>94980</v>
+        <v>94829</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>The way to the human rights (Moretti)</t>
+          <t>Autoportrait 5</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
-          <t>Schein, Françoise</t>
+          <t>Amand, Nathalie</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G218" s="2"/>
+      <c r="G218" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H218" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>64601</v>
+        <v>98092</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Frise en fleurs</t>
+          <t>Pompéi 1 (1/12)</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
-          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
-          <t>Kasimir, Marin</t>
+          <t>Houins, Steven</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, luminaire</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, aluminium</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H219" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>94852</v>
+        <v>52226</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Taayush (Tayouch)</t>
+          <t>Dimanche sans voiture, rue A. Dansaert</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
-          <t>Boussois, Sébastien</t>
+          <t>Cerovina, Milena</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>94923</v>
+        <v>52227</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Trajectoires de vie - Portrait de Fafa</t>
+          <t>Le complexe du Mont des Arts</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
-          <t>D'Hulst, Francine</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H221" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>40035</v>
+        <v>52228</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Containers with trumpet</t>
+          <t>Le palais 5 du Heyzel</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
-          <t>Bouffioux, Paula</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>papier, aluminium</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H222" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>40036</v>
+        <v>52229</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Brussels Skyline</t>
+          <t>L'Atomium en rénovation</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Bouffioux, Paula</t>
+          <t>Füki, Serge</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>2007 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>papier, aluminium</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H223" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>98099</v>
+        <v>52230</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Cité Interdite, Séville</t>
+          <t>La gare du Quartier Léopold, place du Luxembourg</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Harray, François</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>40044</v>
+        <v>52231</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>L'attente (triptyque)</t>
+          <t>Bâtiment de l'Union Européenne, chaussée d'Etterbeek</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
-          <t>Matthieu, Mélanie</t>
+          <t>Hillaert, G.</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>40045</v>
+        <v>52234</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>L'attente</t>
+          <t>Le jardin Botanique</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Matthieu, Mélanie</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>95357</v>
+        <v>52239</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Le jardin de la Cité administrative de l'Etat</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
-          <t>Marchal, Amélie</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>40080</v>
+        <v>52240</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Sept femmes à Schaerbeek</t>
+          <t>Fontaine dans le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
-          <t>Bukac, Corinne</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>31097</v>
+        <v>52241</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait mains bougées</t>
+          <t>Le square du Petit Sablon</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>31100</v>
+        <v>52242</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Pterodactyl</t>
+          <t>L'étang du parc Léopold</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>2010 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>31098</v>
+        <v>52243</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Max mains billes</t>
+          <t>L'écluse à Anderlecht</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>31099</v>
+        <v>52247</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Max de dos</t>
+          <t>Le marché aux Poisson et l'église Sainte-Catherine</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
-          <t>De Gelas , Anne</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, aluminium, bois</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>31129</v>
+        <v>52248</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Portrait #3 : groupe de femmes Urua sur fond d'aquarelle de Dardenne</t>
+          <t>Le quai au Bois de Construction et le quai à la Houille</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Baloji, Sammy</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>2011 - </t>
-[...2 lines deleted...]
-      <c r="F233" s="2"/>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F233" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H233" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>82133</v>
+        <v>52249</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Missions spéciales</t>
+          <t>Le quai du Commerce</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Detournay, Isabelle</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>82134</v>
+        <v>52250</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Missions spéciales</t>
+          <t>Le canal maritime et Bruxelles-port de mer</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Detournay, Isabelle</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>40067</v>
+        <v>52251</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Artistes 1030 (dyptique)</t>
+          <t>La fontaine entre le Quai aux Briques et le Quai au Bois à brûler</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
-          <t>Detournay, Isabelle</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G236" s="2"/>
+      <c r="G236" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>40068</v>
+        <v>52252</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Missions Spéciales</t>
+          <t>Le bassin Vergote</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
-          <t>Detournay, Isabelle</t>
+          <t>Diaz Garcia, A.</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>2012 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G237" s="2"/>
+      <c r="G237" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>50347</v>
+        <v>52270</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Plastic Bertrand en bonnet de bain</t>
+          <t>Façade néoclassique, première moitié du 19e siècle</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
-          <t>Cresens, Fabienne</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>2017 - </t>
-[...3 lines deleted...]
-      <c r="G238" s="2"/>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F238" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G238" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>95398</v>
+        <v>52271</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>L'emmerdeur</t>
+          <t>Façade Art Nouveau 1898</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G239" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G239" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, coloriage</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>95404</v>
+        <v>52272</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Image mentale #02</t>
+          <t>Façade moderne du 21e siècle</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
-          <t>Delanois, Nicolas</t>
+          <t>Martinez Jamart, B.</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G240" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>95409</v>
+        <v>52274</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Indian Girl and Belgian Coast</t>
+          <t>La galerie du Roi</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
-          <t>Van Zeebroeck, Shanti</t>
+          <t>Caufriez, J.-J.</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G241" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>95403</v>
+        <v>52275</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Falling #3</t>
+          <t>Le « Nouveau Palais » rue Marché aux Herbes</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
-          <t>Delaere, Marie / Vansteenkiste, Samuel</t>
+          <t>Caufriez, J.-J.</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G242" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>101292</v>
+        <v>52212</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Panorama des Marolles depuis la place Poelaert</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Tundo Rauseo, Ginevra</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>2020 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>101293</v>
+        <v>52213</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>CIRCUMFUSA (série)</t>
+          <t>La ville basse, vue de la Montagne de la Cour</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
-          <t>Norouzi, Maedeh</t>
+          <t>Stauder, Patrice</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>2022 - </t>
-[...2 lines deleted...]
-      <c r="F244" s="2"/>
+          <t>2005 - </t>
+        </is>
+      </c>
+      <c r="F244" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>95469</v>
+        <v>52214</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Brigitte DANSE héritière de Yvonne SERRUYS (1873-1953)</t>
+          <t>Les escalers du Mont des Arts, vue vers le Coudenberg</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Danse, Brigitte / Serruys, Yvonne</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>95472</v>
+        <v>52215</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Lou COCODY-VALENTINO héritière de Hélène DE RUDDER (1869-1962)</t>
+          <t>Le passage vers la Gare Centrale (Putterie)</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
-[...6 lines deleted...]
-      </c>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D246" s="2"/>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>photo-montage</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>95473</v>
+        <v>52216</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Camille DUFOUR héritière de Louise DANSE (1867-1948)</t>
+          <t>La rue de la Madeleine</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
-          <t>Dufour, Camille / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
+          <t>Alvarez, N.</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H247" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>95474</v>
+        <v>52217</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Chanel KAPITANJ héritière de Julia VAN ZYPE (1870-1950)</t>
+          <t>La place d'Espagne</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Vanzype-Frezin, Julia / Kapitanj, Chanel</t>
+          <t>École de photographie et de techniques visuelles Agnès Varda</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H248" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>95475</v>
+        <v>52218</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Laura BOSSICART héritière de Gabrielle MONTALD (1867-1942)</t>
+          <t>Un marché, place de l'Agora</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
-          <t>Canivet-Montald, Gabrielle / Bossicart, Laura / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
+          <t>Galopin, M</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>95476</v>
+        <v>52225</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>ZYLE héritière de Léo JO (1870-1962)</t>
+          <t>La Bourse, vue de la rue J. Van Praet</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
-          <t>Cartier, Elléa / Drapeaud, Léone / Boveroux, Céline / Felgenhauer, Barbara Salomé / Zyle,  / Jo(ris), Léo(ntine)</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>95477</v>
+        <v>52300</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Olga BOICHÉ héritière de Lina CAUCHIE (1875-1969)</t>
+          <t>La Bourse</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Boiché, Olga / Cauchie (Caroline Voet) , Lina</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>95478</v>
+        <v>52301</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Mégane LIKIN héritière de Louise de HEM (1866-1922)</t>
+          <t>La place De Brouckere</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
-          <t>Région de Bruxelles-Capitale</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Likin, Mégane / De Hem, Louise</t>
+          <t>Conte, Sandrine</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>2023 - </t>
+          <t>2005 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>forex</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>109618</v>
+        <v>94980</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Série PIPELINE DREAMS</t>
+          <t>The way to the human rights (Moretti)</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
-          <t>Norouzi, Maedeh</t>
+          <t>Schein, Françoise</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>2025 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G253" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G253" s="2"/>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>84537</v>
+        <v>40035</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
+          <t>Containers with trumpet</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D254" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D254" s="2" t="inlineStr">
+        <is>
+          <t>Bouffioux, Paula</t>
+        </is>
+      </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...3 lines deleted...]
-      <c r="G254" s="2"/>
+          <t>2007 - </t>
+        </is>
+      </c>
+      <c r="F254" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G254" s="2" t="inlineStr">
+        <is>
+          <t>papier, aluminium</t>
+        </is>
+      </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>84538</v>
+        <v>40036</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
+          <t>Brussels Skyline</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
-[...2 lines deleted...]
-      <c r="D255" s="2"/>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D255" s="2" t="inlineStr">
+        <is>
+          <t>Bouffioux, Paula</t>
+        </is>
+      </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...3 lines deleted...]
-      <c r="G255" s="2"/>
+          <t>2007 - </t>
+        </is>
+      </c>
+      <c r="F255" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G255" s="2" t="inlineStr">
+        <is>
+          <t>papier, aluminium</t>
+        </is>
+      </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>68535</v>
+        <v>94852</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Paul Collet, Sainte-Gertrude à Nivelles, gravure, s.d.</t>
+          <t>Taayush (Tayouch)</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>MoMuse</t>
+          <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
-          <t>Collet, Paul</t>
+          <t>Boussois, Sébastien</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>95408</v>
+        <v>94923</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Lithiase Ferreira</t>
+          <t>Trajectoires de vie - Portrait de Fafa</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
-          <t>Perez-Morga, David</t>
+          <t>D'Hulst, Francine</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>94837</v>
+        <v>64601</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Ecole à discrimination positive</t>
+          <t>Frise en fleurs</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Société du Logement de la Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Kasimir, Marin</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2007 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>oeuvre d'art en espace public, luminaire</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>fibres synthétiques, aluminium</t>
         </is>
       </c>
       <c r="H258" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>94838</v>
+        <v>40044</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Problème d'intégration</t>
+          <t>L'attente (triptyque)</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Matthieu, Mélanie</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>94839</v>
+        <v>40045</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Refus d'intégration</t>
+          <t>L'attente</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Matthieu, Mélanie</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>94840</v>
+        <v>98099</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Enseignement inadapté</t>
+          <t>Cité Interdite, Séville</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Harray, François</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>94842</v>
+        <v>40080</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Séduction pédagogique</t>
+          <t>Sept femmes à Schaerbeek</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>Bukac, Corinne</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G262" s="2"/>
+      <c r="G262" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>94843</v>
+        <v>31097</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Enseignement adapté</t>
+          <t>Autoportrait mains bougées</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>94845</v>
+        <v>31100</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Exclusion</t>
+          <t>Pterodactyl</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
-          <t>Askenasi, Robert</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>94933</v>
+        <v>95357</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>75 avenue du Castel à Woluwé-st-Lambert</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
-          <t>Hollemans, Christophe</t>
+          <t>Marchal, Amélie</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2010 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>94935</v>
+        <v>31098</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>733 chaussée de Waterloo à Ixelles</t>
+          <t>Max mains billes</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
-          <t>Hollemans, Christophe</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H266" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>94983</v>
+        <v>31099</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Max de dos</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
-          <t>Schollaert, G. Stéphane</t>
+          <t>De Gelas , Anne</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2011 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier photographique, aluminium, bois</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
+        <v>31129</v>
+      </c>
+      <c r="B268" s="2" t="inlineStr">
+        <is>
+          <t>Portrait #3 : groupe de femmes Urua sur fond d'aquarelle de Dardenne</t>
+        </is>
+      </c>
+      <c r="C268" s="2" t="inlineStr">
+        <is>
+          <t>Musée d'Ixelles</t>
+        </is>
+      </c>
+      <c r="D268" s="2" t="inlineStr">
+        <is>
+          <t>Baloji, Sammy</t>
+        </is>
+      </c>
+      <c r="E268" s="2" t="inlineStr">
+        <is>
+          <t>2011 - </t>
+        </is>
+      </c>
+      <c r="F268" s="2"/>
+      <c r="G268" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H268" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="1" t="n">
+        <v>40067</v>
+      </c>
+      <c r="B269" s="2" t="inlineStr">
+        <is>
+          <t>Artistes 1030 (dyptique)</t>
+        </is>
+      </c>
+      <c r="C269" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D269" s="2" t="inlineStr">
+        <is>
+          <t>Detournay, Isabelle</t>
+        </is>
+      </c>
+      <c r="E269" s="2" t="inlineStr">
+        <is>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F269" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G269" s="2"/>
+      <c r="H269" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="1" t="n">
+        <v>40068</v>
+      </c>
+      <c r="B270" s="2" t="inlineStr">
+        <is>
+          <t>Missions Spéciales</t>
+        </is>
+      </c>
+      <c r="C270" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D270" s="2" t="inlineStr">
+        <is>
+          <t>Detournay, Isabelle</t>
+        </is>
+      </c>
+      <c r="E270" s="2" t="inlineStr">
+        <is>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F270" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="1" t="n">
+        <v>82133</v>
+      </c>
+      <c r="B271" s="2" t="inlineStr">
+        <is>
+          <t>Missions spéciales</t>
+        </is>
+      </c>
+      <c r="C271" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D271" s="2" t="inlineStr">
+        <is>
+          <t>Detournay, Isabelle</t>
+        </is>
+      </c>
+      <c r="E271" s="2" t="inlineStr">
+        <is>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F271" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G271" s="2" t="inlineStr">
+        <is>
+          <t>panneau</t>
+        </is>
+      </c>
+      <c r="H271" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="1" t="n">
+        <v>82134</v>
+      </c>
+      <c r="B272" s="2" t="inlineStr">
+        <is>
+          <t>Missions spéciales</t>
+        </is>
+      </c>
+      <c r="C272" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D272" s="2" t="inlineStr">
+        <is>
+          <t>Detournay, Isabelle</t>
+        </is>
+      </c>
+      <c r="E272" s="2" t="inlineStr">
+        <is>
+          <t>2012 - </t>
+        </is>
+      </c>
+      <c r="F272" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G272" s="2" t="inlineStr">
+        <is>
+          <t>panneau</t>
+        </is>
+      </c>
+      <c r="H272" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="1" t="n">
+        <v>50347</v>
+      </c>
+      <c r="B273" s="2" t="inlineStr">
+        <is>
+          <t>Portrait de Plastic Bertrand en bonnet de bain</t>
+        </is>
+      </c>
+      <c r="C273" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D273" s="2" t="inlineStr">
+        <is>
+          <t>Cresens, Fabienne</t>
+        </is>
+      </c>
+      <c r="E273" s="2" t="inlineStr">
+        <is>
+          <t>2017 - </t>
+        </is>
+      </c>
+      <c r="F273" s="2"/>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="1" t="n">
+        <v>95398</v>
+      </c>
+      <c r="B274" s="2" t="inlineStr">
+        <is>
+          <t>L'emmerdeur</t>
+        </is>
+      </c>
+      <c r="C274" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E274" s="2" t="inlineStr">
+        <is>
+          <t>2018 - </t>
+        </is>
+      </c>
+      <c r="F274" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G274" s="2"/>
+      <c r="H274" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique, coloriage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="1" t="n">
+        <v>95404</v>
+      </c>
+      <c r="B275" s="2" t="inlineStr">
+        <is>
+          <t>Image mentale #02</t>
+        </is>
+      </c>
+      <c r="C275" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D275" s="2" t="inlineStr">
+        <is>
+          <t>Delanois, Nicolas</t>
+        </is>
+      </c>
+      <c r="E275" s="2" t="inlineStr">
+        <is>
+          <t>2018 - </t>
+        </is>
+      </c>
+      <c r="F275" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G275" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H275" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="1" t="n">
+        <v>95409</v>
+      </c>
+      <c r="B276" s="2" t="inlineStr">
+        <is>
+          <t>Indian Girl and Belgian Coast</t>
+        </is>
+      </c>
+      <c r="C276" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D276" s="2" t="inlineStr">
+        <is>
+          <t>Van Zeebroeck, Shanti</t>
+        </is>
+      </c>
+      <c r="E276" s="2" t="inlineStr">
+        <is>
+          <t>2018 - </t>
+        </is>
+      </c>
+      <c r="F276" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G276" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H276" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="1" t="n">
+        <v>95403</v>
+      </c>
+      <c r="B277" s="2" t="inlineStr">
+        <is>
+          <t>Falling #3</t>
+        </is>
+      </c>
+      <c r="C277" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D277" s="2" t="inlineStr">
+        <is>
+          <t>Delaere, Marie / Vansteenkiste, Samuel</t>
+        </is>
+      </c>
+      <c r="E277" s="2" t="inlineStr">
+        <is>
+          <t>2019 - </t>
+        </is>
+      </c>
+      <c r="F277" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G277" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H277" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="1" t="n">
+        <v>101292</v>
+      </c>
+      <c r="B278" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C278" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D278" s="2" t="inlineStr">
+        <is>
+          <t>Tundo Rauseo, Ginevra</t>
+        </is>
+      </c>
+      <c r="E278" s="2" t="inlineStr">
+        <is>
+          <t>2020 - </t>
+        </is>
+      </c>
+      <c r="F278" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G278" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H278" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="1" t="n">
+        <v>101293</v>
+      </c>
+      <c r="B279" s="2" t="inlineStr">
+        <is>
+          <t>CIRCUMFUSA (série)</t>
+        </is>
+      </c>
+      <c r="C279" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D279" s="2" t="inlineStr">
+        <is>
+          <t>Norouzi, Maedeh</t>
+        </is>
+      </c>
+      <c r="E279" s="2" t="inlineStr">
+        <is>
+          <t>2022 - </t>
+        </is>
+      </c>
+      <c r="F279" s="2"/>
+      <c r="G279" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H279" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="1" t="n">
+        <v>95469</v>
+      </c>
+      <c r="B280" s="2" t="inlineStr">
+        <is>
+          <t>Brigitte DANSE héritière de Yvonne SERRUYS (1873-1953)</t>
+        </is>
+      </c>
+      <c r="C280" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Danse, Brigitte / Serruys, Yvonne</t>
+        </is>
+      </c>
+      <c r="E280" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F280" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G280" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H280" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="1" t="n">
+        <v>95472</v>
+      </c>
+      <c r="B281" s="2" t="inlineStr">
+        <is>
+          <t>Lou COCODY-VALENTINO héritière de Hélène DE RUDDER (1869-1962)</t>
+        </is>
+      </c>
+      <c r="C281" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D281" s="2" t="inlineStr">
+        <is>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Cocody-Valentino, Lou  / du Ménil-De Rudder, Hélène</t>
+        </is>
+      </c>
+      <c r="E281" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F281" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G281" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H281" s="2" t="inlineStr">
+        <is>
+          <t>photo-montage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="1" t="n">
+        <v>95473</v>
+      </c>
+      <c r="B282" s="2" t="inlineStr">
+        <is>
+          <t>Camille DUFOUR héritière de Louise DANSE (1867-1948)</t>
+        </is>
+      </c>
+      <c r="C282" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>Dufour, Camille / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
+        </is>
+      </c>
+      <c r="E282" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F282" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G282" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H282" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="1" t="n">
+        <v>95474</v>
+      </c>
+      <c r="B283" s="2" t="inlineStr">
+        <is>
+          <t>Chanel KAPITANJ héritière de Julia VAN ZYPE (1870-1950)</t>
+        </is>
+      </c>
+      <c r="C283" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D283" s="2" t="inlineStr">
+        <is>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Vanzype-Frezin, Julia / Kapitanj, Chanel</t>
+        </is>
+      </c>
+      <c r="E283" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F283" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G283" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H283" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="1" t="n">
+        <v>95475</v>
+      </c>
+      <c r="B284" s="2" t="inlineStr">
+        <is>
+          <t>Laura BOSSICART héritière de Gabrielle MONTALD (1867-1942)</t>
+        </is>
+      </c>
+      <c r="C284" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D284" s="2" t="inlineStr">
+        <is>
+          <t>Canivet-Montald, Gabrielle / Bossicart, Laura / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
+        </is>
+      </c>
+      <c r="E284" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F284" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G284" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H284" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="1" t="n">
+        <v>95476</v>
+      </c>
+      <c r="B285" s="2" t="inlineStr">
+        <is>
+          <t>ZYLE héritière de Léo JO (1870-1962)</t>
+        </is>
+      </c>
+      <c r="C285" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>Cartier, Elléa / Drapeaud, Léone / Boveroux, Céline / Felgenhauer, Barbara Salomé / Zyle,  / Jo(ris), Léo(ntine)</t>
+        </is>
+      </c>
+      <c r="E285" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F285" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G285" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H285" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="1" t="n">
+        <v>95477</v>
+      </c>
+      <c r="B286" s="2" t="inlineStr">
+        <is>
+          <t>Olga BOICHÉ héritière de Lina CAUCHIE (1875-1969)</t>
+        </is>
+      </c>
+      <c r="C286" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D286" s="2" t="inlineStr">
+        <is>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Boiché, Olga / Cauchie (Caroline Voet) , Lina</t>
+        </is>
+      </c>
+      <c r="E286" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F286" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G286" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H286" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="1" t="n">
+        <v>95478</v>
+      </c>
+      <c r="B287" s="2" t="inlineStr">
+        <is>
+          <t>Mégane LIKIN héritière de Louise de HEM (1866-1922)</t>
+        </is>
+      </c>
+      <c r="C287" s="2" t="inlineStr">
+        <is>
+          <t>Région de Bruxelles-Capitale</t>
+        </is>
+      </c>
+      <c r="D287" s="2" t="inlineStr">
+        <is>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Likin, Mégane / De Hem, Louise</t>
+        </is>
+      </c>
+      <c r="E287" s="2" t="inlineStr">
+        <is>
+          <t>2023 - </t>
+        </is>
+      </c>
+      <c r="F287" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G287" s="2" t="inlineStr">
+        <is>
+          <t>forex</t>
+        </is>
+      </c>
+      <c r="H287" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="1" t="n">
+        <v>109618</v>
+      </c>
+      <c r="B288" s="2" t="inlineStr">
+        <is>
+          <t>PIPELINE DREAMS (série)</t>
+        </is>
+      </c>
+      <c r="C288" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D288" s="2" t="inlineStr">
+        <is>
+          <t>Norouzi, Maedeh</t>
+        </is>
+      </c>
+      <c r="E288" s="2" t="inlineStr">
+        <is>
+          <t>2025 - </t>
+        </is>
+      </c>
+      <c r="F288" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G288" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H288" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="1" t="n">
+        <v>94839</v>
+      </c>
+      <c r="B289" s="2" t="inlineStr">
+        <is>
+          <t>Refus d'intégration</t>
+        </is>
+      </c>
+      <c r="C289" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D289" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E289" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F289" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G289" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H289" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="1" t="n">
+        <v>94840</v>
+      </c>
+      <c r="B290" s="2" t="inlineStr">
+        <is>
+          <t>Enseignement inadapté</t>
+        </is>
+      </c>
+      <c r="C290" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D290" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E290" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F290" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G290" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H290" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="1" t="n">
+        <v>94842</v>
+      </c>
+      <c r="B291" s="2" t="inlineStr">
+        <is>
+          <t>Séduction pédagogique</t>
+        </is>
+      </c>
+      <c r="C291" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E291" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F291" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G291" s="2"/>
+      <c r="H291" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="1" t="n">
+        <v>94843</v>
+      </c>
+      <c r="B292" s="2" t="inlineStr">
+        <is>
+          <t>Enseignement adapté</t>
+        </is>
+      </c>
+      <c r="C292" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E292" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F292" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G292" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H292" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="1" t="n">
+        <v>94845</v>
+      </c>
+      <c r="B293" s="2" t="inlineStr">
+        <is>
+          <t>Exclusion</t>
+        </is>
+      </c>
+      <c r="C293" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D293" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E293" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F293" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G293" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H293" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="1" t="n">
+        <v>94933</v>
+      </c>
+      <c r="B294" s="2" t="inlineStr">
+        <is>
+          <t>75 avenue du Castel à Woluwé-st-Lambert</t>
+        </is>
+      </c>
+      <c r="C294" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D294" s="2" t="inlineStr">
+        <is>
+          <t>Hollemans, Christophe</t>
+        </is>
+      </c>
+      <c r="E294" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F294" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G294" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H294" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="1" t="n">
+        <v>94935</v>
+      </c>
+      <c r="B295" s="2" t="inlineStr">
+        <is>
+          <t>733 chaussée de Waterloo à Ixelles</t>
+        </is>
+      </c>
+      <c r="C295" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D295" s="2" t="inlineStr">
+        <is>
+          <t>Hollemans, Christophe</t>
+        </is>
+      </c>
+      <c r="E295" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F295" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G295" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H295" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="1" t="n">
+        <v>94983</v>
+      </c>
+      <c r="B296" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C296" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D296" s="2" t="inlineStr">
+        <is>
+          <t>Schollaert, G. Stéphane</t>
+        </is>
+      </c>
+      <c r="E296" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F296" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G296" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H296" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="1" t="n">
         <v>95323</v>
       </c>
-      <c r="B268" s="2" t="inlineStr">
+      <c r="B297" s="2" t="inlineStr">
         <is>
           <t>J. MORDER filmant avec sa caméra</t>
         </is>
       </c>
-      <c r="C268" s="2" t="inlineStr">
+      <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D268" s="2" t="inlineStr">
+      <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Morder, Joseph</t>
         </is>
       </c>
-      <c r="E268" s="2" t="inlineStr">
+      <c r="E297" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F268" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H268" s="2" t="inlineStr">
+      <c r="F297" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G297" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H297" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="1" t="n">
+        <v>84537</v>
+      </c>
+      <c r="B298" s="2" t="inlineStr">
+        <is>
+          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
+        </is>
+      </c>
+      <c r="C298" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="1" t="n">
+        <v>84538</v>
+      </c>
+      <c r="B299" s="2" t="inlineStr">
+        <is>
+          <t>Photo Poissonnerie Jean Vanzeebroeck-Wytstraete, Rue de l'Intendant, 81 (Molenbeek-Saint-Jean), s.d.</t>
+        </is>
+      </c>
+      <c r="C299" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F299" s="2"/>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="1" t="n">
+        <v>95408</v>
+      </c>
+      <c r="B300" s="2" t="inlineStr">
+        <is>
+          <t>Lithiase Ferreira</t>
+        </is>
+      </c>
+      <c r="C300" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D300" s="2" t="inlineStr">
+        <is>
+          <t>Perez-Morga, David</t>
+        </is>
+      </c>
+      <c r="E300" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F300" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G300" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H300" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="1" t="n">
+        <v>94837</v>
+      </c>
+      <c r="B301" s="2" t="inlineStr">
+        <is>
+          <t>Ecole à discrimination positive</t>
+        </is>
+      </c>
+      <c r="C301" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D301" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E301" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F301" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G301" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H301" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="1" t="n">
+        <v>94838</v>
+      </c>
+      <c r="B302" s="2" t="inlineStr">
+        <is>
+          <t>Problème d'intégration</t>
+        </is>
+      </c>
+      <c r="C302" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D302" s="2" t="inlineStr">
+        <is>
+          <t>Askenasi, Robert</t>
+        </is>
+      </c>
+      <c r="E302" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F302" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G302" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H302" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="1" t="n">
+        <v>68535</v>
+      </c>
+      <c r="B303" s="2" t="inlineStr">
+        <is>
+          <t>Paul Collet, Sainte-Gertrude à Nivelles, gravure, s.d.</t>
+        </is>
+      </c>
+      <c r="C303" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Collet, Paul</t>
+        </is>
+      </c>
+      <c r="E303" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F303" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G303" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H303" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">